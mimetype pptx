--- v0 (2025-10-31)
+++ v1 (2026-03-22)
@@ -1,177 +1,227 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-[...4 lines deleted...]
-  <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide43.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide44.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide45.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide46.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide47.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide48.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide49.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide50.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout43.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout44.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout45.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout46.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout47.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout48.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout49.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout50.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout51.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout59.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme4.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/theme/theme5.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483932" r:id="rId4"/>
-[...1 lines deleted...]
-    <p:sldMasterId id="2147483971" r:id="rId6"/>
+    <p:sldMasterId id="2147483978" r:id="rId4"/>
+    <p:sldMasterId id="2147483943" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId25"/>
+    <p:notesMasterId r:id="rId56"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId26"/>
+    <p:handoutMasterId r:id="rId57"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="406" r:id="rId7"/>
-[...16 lines deleted...]
-    <p:sldId id="469" r:id="rId24"/>
+    <p:sldId id="320" r:id="rId6"/>
+    <p:sldId id="262" r:id="rId7"/>
+    <p:sldId id="330" r:id="rId8"/>
+    <p:sldId id="281" r:id="rId9"/>
+    <p:sldId id="331" r:id="rId10"/>
+    <p:sldId id="332" r:id="rId11"/>
+    <p:sldId id="333" r:id="rId12"/>
+    <p:sldId id="285" r:id="rId13"/>
+    <p:sldId id="282" r:id="rId14"/>
+    <p:sldId id="334" r:id="rId15"/>
+    <p:sldId id="283" r:id="rId16"/>
+    <p:sldId id="335" r:id="rId17"/>
+    <p:sldId id="305" r:id="rId18"/>
+    <p:sldId id="306" r:id="rId19"/>
+    <p:sldId id="307" r:id="rId20"/>
+    <p:sldId id="308" r:id="rId21"/>
+    <p:sldId id="309" r:id="rId22"/>
+    <p:sldId id="310" r:id="rId23"/>
+    <p:sldId id="311" r:id="rId24"/>
+    <p:sldId id="312" r:id="rId25"/>
+    <p:sldId id="313" r:id="rId26"/>
+    <p:sldId id="314" r:id="rId27"/>
+    <p:sldId id="315" r:id="rId28"/>
+    <p:sldId id="316" r:id="rId29"/>
+    <p:sldId id="317" r:id="rId30"/>
+    <p:sldId id="318" r:id="rId31"/>
+    <p:sldId id="319" r:id="rId32"/>
+    <p:sldId id="274" r:id="rId33"/>
+    <p:sldId id="275" r:id="rId34"/>
+    <p:sldId id="276" r:id="rId35"/>
+    <p:sldId id="277" r:id="rId36"/>
+    <p:sldId id="278" r:id="rId37"/>
+    <p:sldId id="279" r:id="rId38"/>
+    <p:sldId id="287" r:id="rId39"/>
+    <p:sldId id="288" r:id="rId40"/>
+    <p:sldId id="289" r:id="rId41"/>
+    <p:sldId id="304" r:id="rId42"/>
+    <p:sldId id="293" r:id="rId43"/>
+    <p:sldId id="294" r:id="rId44"/>
+    <p:sldId id="295" r:id="rId45"/>
+    <p:sldId id="296" r:id="rId46"/>
+    <p:sldId id="297" r:id="rId47"/>
+    <p:sldId id="298" r:id="rId48"/>
+    <p:sldId id="299" r:id="rId49"/>
+    <p:sldId id="324" r:id="rId50"/>
+    <p:sldId id="325" r:id="rId51"/>
+    <p:sldId id="326" r:id="rId52"/>
+    <p:sldId id="327" r:id="rId53"/>
+    <p:sldId id="328" r:id="rId54"/>
+    <p:sldId id="329" r:id="rId55"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="5143500" type="screen16x9"/>
   <p:notesSz cx="6858000" cy="9296400"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -226,90 +276,200 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
+  <p:extLst>
+    <p:ext uri="{521415D9-36F7-43E2-AB2F-B90AF26B5E84}">
+      <p14:sectionLst xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+        <p14:section name="How To Use This Template (Delete this Section)" id="{B254C1CC-F7D8-0941-A40F-42CF349EFA86}">
+          <p14:sldIdLst>
+            <p14:sldId id="320"/>
+            <p14:sldId id="262"/>
+            <p14:sldId id="330"/>
+            <p14:sldId id="281"/>
+            <p14:sldId id="331"/>
+            <p14:sldId id="332"/>
+            <p14:sldId id="333"/>
+            <p14:sldId id="285"/>
+            <p14:sldId id="282"/>
+            <p14:sldId id="334"/>
+            <p14:sldId id="283"/>
+            <p14:sldId id="335"/>
+          </p14:sldIdLst>
+        </p14:section>
+        <p14:section name="UCSF Template" id="{81DC7439-464E-4147-8B03-E2F59E8AD6C4}">
+          <p14:sldIdLst>
+            <p14:sldId id="305"/>
+            <p14:sldId id="306"/>
+            <p14:sldId id="307"/>
+            <p14:sldId id="308"/>
+            <p14:sldId id="309"/>
+            <p14:sldId id="310"/>
+            <p14:sldId id="311"/>
+            <p14:sldId id="312"/>
+            <p14:sldId id="313"/>
+            <p14:sldId id="314"/>
+            <p14:sldId id="315"/>
+            <p14:sldId id="316"/>
+            <p14:sldId id="317"/>
+            <p14:sldId id="318"/>
+            <p14:sldId id="319"/>
+            <p14:sldId id="274"/>
+            <p14:sldId id="275"/>
+            <p14:sldId id="276"/>
+            <p14:sldId id="277"/>
+            <p14:sldId id="278"/>
+            <p14:sldId id="279"/>
+            <p14:sldId id="287"/>
+            <p14:sldId id="288"/>
+            <p14:sldId id="289"/>
+            <p14:sldId id="304"/>
+            <p14:sldId id="293"/>
+            <p14:sldId id="294"/>
+            <p14:sldId id="295"/>
+            <p14:sldId id="296"/>
+            <p14:sldId id="297"/>
+            <p14:sldId id="298"/>
+            <p14:sldId id="299"/>
+            <p14:sldId id="324"/>
+            <p14:sldId id="325"/>
+            <p14:sldId id="326"/>
+            <p14:sldId id="327"/>
+            <p14:sldId id="328"/>
+            <p14:sldId id="329"/>
+          </p14:sldIdLst>
+        </p14:section>
+      </p14:sectionLst>
+    </p:ext>
+    <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="2" orient="horz" pos="2573" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="11" pos="5590" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+    <p:ext uri="{2D200454-40CA-4A62-9FC3-DE9A4176ACB9}">
+      <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2592" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" orient="horz" pos="5542" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="3" orient="horz" pos="5777" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="4" pos="286" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="5" pos="4033" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:notesGuideLst>
+    </p:ext>
+  </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1" useTimings="0">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
-    <a:srgbClr val="000000"/>
-    <a:srgbClr val="F48024"/>
+    <a:srgbClr val="6C62D0"/>
+    <a:srgbClr val="052049"/>
     <a:srgbClr val="90BD31"/>
     <a:srgbClr val="18A3AC"/>
     <a:srgbClr val="178CCB"/>
+    <a:srgbClr val="000000"/>
     <a:srgbClr val="EC1848"/>
-    <a:srgbClr val="052049"/>
+    <a:srgbClr val="F48024"/>
     <a:srgbClr val="E8E7DE"/>
     <a:srgbClr val="F5F0D3"/>
-    <a:srgbClr val="F7E9E4"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+    </p:ext>
+    <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Medium Style 2 - Accent 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
@@ -450,406 +610,554 @@
     <a:firstRow>
       <a:tcTxStyle b="on">
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
+  <a:tblStyle styleId="{00A15C55-8517-42AA-B614-E9B94910E393}" styleName="Medium Style 2 - Accent 4">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="dk1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:left>
+          <a:right>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+          <a:bottom>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+          <a:insideH>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent4">
+              <a:tint val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent4">
+              <a:tint val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band2H>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent4">
+              <a:tint val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:band2V>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2V>
+    <a:lastCol>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent4"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent4"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:ln w="38100" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent4"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:firstRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:bottom>
+            <a:ln w="38100" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent4"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
+  </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
-[...2 lines deleted...]
-    <p:restoredTop sz="89011" autoAdjust="0"/>
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:normalViewPr horzBarState="maximized">
+    <p:restoredLeft sz="12602" autoAdjust="0"/>
+    <p:restoredTop sz="96220" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" showGuides="1">
       <p:cViewPr>
         <p:scale>
-          <a:sx n="150" d="100"/>
-          <a:sy n="150" d="100"/>
+          <a:sx n="100" d="100"/>
+          <a:sy n="100" d="100"/>
         </p:scale>
-        <p:origin x="-304" y="984"/>
+        <p:origin x="1248" y="876"/>
       </p:cViewPr>
       <p:guideLst>
-        <p:guide orient="horz" pos="789"/>
-[...8 lines deleted...]
-        <p:guide pos="175"/>
+        <p:guide orient="horz" pos="2573"/>
         <p:guide pos="5590"/>
-        <p:guide pos="2880"/>
-[...4 lines deleted...]
-        <p:guide pos="4090"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
+  <p:outlineViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="33" d="100"/>
+        <a:sy n="33" d="100"/>
+      </p:scale>
+      <p:origin x="0" y="-16336"/>
+    </p:cViewPr>
+  </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
-        <a:sx n="100" d="100"/>
-        <a:sy n="100" d="100"/>
+        <a:sx n="3" d="2"/>
+        <a:sy n="3" d="2"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="71" d="100"/>
         <a:sy n="71" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr varScale="1">
+      <p:cViewPr>
         <p:scale>
-          <a:sx n="70" d="100"/>
-          <a:sy n="70" d="100"/>
+          <a:sx n="108" d="100"/>
+          <a:sy n="108" d="100"/>
         </p:scale>
-        <p:origin x="-3450" y="-114"/>
+        <p:origin x="3392" y="528"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2592"/>
         <p:guide orient="horz" pos="5542"/>
         <p:guide orient="horz" pos="5777"/>
         <p:guide pos="286"/>
         <p:guide pos="4033"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="printerSettings/printerSettings1.bin"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme4.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...83 lines deleted...]
-      </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="44" name="Straight Connector 43"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455585" y="8795705"/>
             <a:ext cx="5943600" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="3175">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="48" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="441507" y="8857103"/>
-            <a:ext cx="554100" cy="105317"/>
+            <a:off x="403350" y="8880855"/>
+            <a:ext cx="281232" cy="105317"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b" anchorCtr="0"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr lang="en-US" sz="800" kern="1200" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
+            <a:pPr algn="r"/>
             <a:fld id="{111E5896-917A-4035-A860-408E1EC3CD51}" type="slidenum">
               <a:rPr lang="en-US">
-                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:solidFill>
+                  <a:srgbClr val="052049"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:pPr/>
+              <a:pPr algn="r"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
-              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:solidFill>
+                <a:srgbClr val="052049"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="20" name="Picture 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="5802406" y="8866372"/>
+            <a:off x="5802407" y="8866372"/>
             <a:ext cx="599982" cy="291168"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
-            <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
-            <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
-            <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Footer Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="636536" y="8821324"/>
+            <a:ext cx="2971800" cy="131586"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="052049"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>| [footer text here]</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1828329429"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
-  <p:hf/>
+  <p:hf hdr="0" dt="0"/>
+  <p:extLst>
+    <p:ext uri="{56416CCD-93CA-4268-BC5B-53C4BB910035}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2928" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="2160" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
 </p:handoutMaster>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -859,243 +1167,105 @@
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="412750" y="400050"/>
             <a:ext cx="6197600" cy="3486150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:prstClr val="black"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="93177" tIns="46589" rIns="93177" bIns="46589" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Notes Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="441268" y="4080297"/>
             <a:ext cx="5961120" cy="4480560"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Fourth level</a:t>
             </a:r>
-          </a:p>
-[...136 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="29" name="Straight Connector 28"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455585" y="8795705"/>
             <a:ext cx="5943600" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="3175">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
@@ -1113,159 +1283,301 @@
         </p:style>
       </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="30" name="Picture 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="5802406" y="8866372"/>
+            <a:off x="5802407" y="8866372"/>
             <a:ext cx="599982" cy="291168"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
-            <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
-            <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
-            <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Slide Number Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="403350" y="8880855"/>
+            <a:ext cx="281232" cy="105317"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr lang="en-US" sz="800" b="0" i="0" kern="1200" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{111E5896-917A-4035-A860-408E1EC3CD51}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="052049"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr algn="r"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="052049"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Footer Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="636536" y="8821324"/>
+            <a:ext cx="2971800" cy="131586"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="052049"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>| [footer text here]</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Date Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="3"/>
+            <a:ext cx="2971800" cy="466725"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{EF798EC2-7587-174C-8F9B-BEC1CFBF2B9A}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="450748310"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
-  <p:hf/>
+  <p:hf hdr="0" dt="0"/>
   <p:notesStyle>
     <a:lvl1pPr marL="114300" indent="-114300" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:spcBef>
         <a:spcPts val="800"/>
       </a:spcBef>
+      <a:buClr>
+        <a:srgbClr val="178CCB"/>
+      </a:buClr>
       <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
       <a:buChar char="•"/>
-      <a:defRPr sz="1200" kern="1200">
+      <a:defRPr sz="1200" b="0" i="0" kern="1200">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="052049"/>
         </a:solidFill>
-        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="285750" indent="-112713" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:spcBef>
         <a:spcPts val="200"/>
       </a:spcBef>
+      <a:buClr>
+        <a:srgbClr val="178CCB"/>
+      </a:buClr>
       <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
       <a:buChar char="•"/>
-      <a:defRPr sz="1100" kern="1200">
+      <a:defRPr sz="1100" b="0" i="0" kern="1200">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="052049"/>
         </a:solidFill>
-        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
       </a:defRPr>
     </a:lvl2pPr>
     <a:lvl3pPr marL="403225" indent="-117475" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:spcBef>
         <a:spcPts val="200"/>
       </a:spcBef>
+      <a:buClr>
+        <a:srgbClr val="178CCB"/>
+      </a:buClr>
       <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
       <a:buChar char="•"/>
-      <a:defRPr sz="1050" kern="1200">
+      <a:defRPr sz="1050" b="0" i="0" kern="1200">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="052049"/>
         </a:solidFill>
-        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
       </a:defRPr>
     </a:lvl3pPr>
     <a:lvl4pPr marL="569913" indent="-112713" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:spcBef>
         <a:spcPts val="200"/>
       </a:spcBef>
+      <a:buClr>
+        <a:srgbClr val="178CCB"/>
+      </a:buClr>
       <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
       <a:buChar char="•"/>
-      <a:defRPr sz="1050" kern="1200">
+      <a:defRPr sz="1050" b="0" i="0" kern="1200">
         <a:solidFill>
-          <a:schemeClr val="tx1"/>
+          <a:srgbClr val="052049"/>
         </a:solidFill>
-        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
       </a:defRPr>
     </a:lvl4pPr>
     <a:lvl5pPr marL="457200" indent="114300" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
       <a:buChar char="•"/>
       <a:defRPr sz="1050" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
       </a:defRPr>
     </a:lvl5pPr>
     <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
     <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
@@ -1281,27462 +1593,33262 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="22" name="Slide Image Placeholder 21"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="412750" y="400050"/>
             <a:ext cx="6197600" cy="3486150"/>
           </a:xfrm>
         </p:spPr>
-      </p:sp>
-[...2 lines deleted...]
-          <p:cNvPr id="23" name="Notes Placeholder 22"/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
-[...38 lines deleted...]
-                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            <a:endParaRPr lang="en-US" baseline="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{111E5896-917A-4035-A860-408E1EC3CD51}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="052049"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>[ADD PRESENTATION TITLE: INSERT TAB &gt; HEADER &amp; FOOTER &gt; NOTES AND HANDOUTS]</a:t>
-[...35 lines deleted...]
-                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:pPr algn="r"/>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="052049"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="052049"/>
+                </a:solidFill>
               </a:rPr>
-              <a:pPr algn="l"/>
-[...54 lines deleted...]
-            </a:endParaRPr>
+              <a:t>| [footer text here]</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="254834271"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="22" name="Slide Image Placeholder 21"/>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...8 lines deleted...]
-          <p:cNvPr id="23" name="Notes Placeholder 22"/>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
-[...38 lines deleted...]
-                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{111E5896-917A-4035-A860-408E1EC3CD51}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="052049"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>[ADD PRESENTATION TITLE: INSERT TAB &gt; HEADER &amp; FOOTER &gt; NOTES AND HANDOUTS]</a:t>
-[...35 lines deleted...]
-                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:pPr algn="r"/>
+              <a:t>5</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="052049"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="052049"/>
+                </a:solidFill>
               </a:rPr>
-              <a:pPr algn="l"/>
-[...4 lines deleted...]
-              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:t>| [footer text here]</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="052049"/>
+              </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...47 lines deleted...]
-      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3994253412"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...15 lines deleted...]
-        </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Header Placeholder 3"/>
-[...4 lines deleted...]
-            <p:ph type="hdr" sz="quarter" idx="10"/>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...25 lines deleted...]
-            <p:ph type="dt" idx="11"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="l"/>
-[...3 lines deleted...]
-                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            <a:pPr algn="r"/>
+            <a:fld id="{111E5896-917A-4035-A860-408E1EC3CD51}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="052049"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>12/18/15</a:t>
+              <a:pPr algn="r"/>
+              <a:t>11</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" sz="600" i="1" dirty="0">
-[...1 lines deleted...]
-              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="052049"/>
+              </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
-[...4 lines deleted...]
-            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{111E5896-917A-4035-A860-408E1EC3CD51}" type="slidenum">
-[...2 lines deleted...]
-                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="052049"/>
+                </a:solidFill>
               </a:rPr>
-              <a:pPr/>
-[...5 lines deleted...]
-            </a:endParaRPr>
+              <a:t>| [footer text here]</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2634056554"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3791209764"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Header Placeholder 3"/>
-[...4 lines deleted...]
-            <p:ph type="hdr" sz="quarter" idx="10"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...7 lines deleted...]
-                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            <a:pPr algn="r"/>
+            <a:fld id="{111E5896-917A-4035-A860-408E1EC3CD51}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="052049"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>[ADD PRESENTATION TITLE: INSERT TAB &gt; HEADER &amp; FOOTER &gt; NOTES AND HANDOUTS]</a:t>
-[...3 lines deleted...]
-              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:pPr algn="r"/>
+              <a:t>28</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="052049"/>
+              </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Date Placeholder 4"/>
-[...4 lines deleted...]
-            <p:ph type="dt" idx="11"/>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="l"/>
-[...3 lines deleted...]
-                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="052049"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>12/18/15</a:t>
-[...33 lines deleted...]
-              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:t>| [footer text here]</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="052049"/>
+              </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2634056554"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1076813512"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...49 lines deleted...]
-            <p:ph type="hdr" sz="quarter" idx="10"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...4 lines deleted...]
-            <a:r>
+            <a:pPr algn="r"/>
+            <a:fld id="{111E5896-917A-4035-A860-408E1EC3CD51}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0">
-                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:solidFill>
+                  <a:srgbClr val="052049"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>[ADD PRESENTATION TITLE: INSERT TAB &gt; HEADER &amp; FOOTER &gt; NOTES AND HANDOUTS]</a:t>
-[...3 lines deleted...]
-              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:pPr algn="r"/>
+              <a:t>29</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="052049"/>
+              </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Date Placeholder 4"/>
-[...4 lines deleted...]
-            <p:ph type="dt" idx="11"/>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="l"/>
-[...3 lines deleted...]
-                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="052049"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>12/18/15</a:t>
-[...33 lines deleted...]
-              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:t>| [footer text here]</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="052049"/>
+              </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2084201032"/>
-[...198 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2084201032"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1327141200"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout45.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout46.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout47.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.emf"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout48.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout49.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.emf"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout50.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
-[...35 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1" userDrawn="1">
-  <p:cSld name="External Co-branding Title">
+  <p:cSld name="Cover – White">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Title 15"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="431800" y="1878497"/>
+            <a:ext cx="6141359" cy="1311963"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Date Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="431800" y="4616419"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1400" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{D470D759-0E0E-8249-AFAC-A75A00A3758F}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="431800" y="4102257"/>
+            <a:ext cx="6141359" cy="426719"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="1600" b="1" i="0" baseline="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="431800" y="3185161"/>
+            <a:ext cx="6147682" cy="508220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3" descr="Home">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49885ECB-C95D-E1FD-FC75-44F475A947C7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="390119" y="639633"/>
+            <a:ext cx="3066739" cy="627192"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="176307353"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Quote Slide – Blue">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Footer Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text Placeholder 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445221" y="1431236"/>
+            <a:ext cx="8229323" cy="2107096"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" baseline="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>This page is an option should you wish to utilize a quote as a stand-alone slide within your presentation. The rest is </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Ut</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>enim</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> ad minim </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>quis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>nostrud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Text Placeholder 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DA1A6CB-7ACE-E993-356A-EC9749D060DE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="14" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445221" y="3681590"/>
+            <a:ext cx="6513958" cy="284124"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr tIns="0" rIns="0" bIns="0" anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Author’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42A31F94-0625-88E2-8BB7-30C453687568}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445221" y="3996194"/>
+            <a:ext cx="6513958" cy="339586"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="2000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Position Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Graphic 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A980282-36BB-9886-8957-7621E78856DB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445221" y="614723"/>
+            <a:ext cx="474686" cy="439140"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="csX0" fmla="*/ 475655 w 1279921"/>
+              <a:gd name="csY0" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX1" fmla="*/ 475655 w 1279921"/>
+              <a:gd name="csY1" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX2" fmla="*/ 0 w 1279921"/>
+              <a:gd name="csY2" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX3" fmla="*/ 0 w 1279921"/>
+              <a:gd name="csY3" fmla="*/ 776883 h 1184076"/>
+              <a:gd name="csX4" fmla="*/ 79177 w 1279921"/>
+              <a:gd name="csY4" fmla="*/ 298252 h 1184076"/>
+              <a:gd name="csX5" fmla="*/ 407194 w 1279921"/>
+              <a:gd name="csY5" fmla="*/ 0 h 1184076"/>
+              <a:gd name="csX6" fmla="*/ 515541 w 1279921"/>
+              <a:gd name="csY6" fmla="*/ 172641 h 1184076"/>
+              <a:gd name="csX7" fmla="*/ 315516 w 1279921"/>
+              <a:gd name="csY7" fmla="*/ 341709 h 1184076"/>
+              <a:gd name="csX8" fmla="*/ 244078 w 1279921"/>
+              <a:gd name="csY8" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX9" fmla="*/ 476250 w 1279921"/>
+              <a:gd name="csY9" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX10" fmla="*/ 1240631 w 1279921"/>
+              <a:gd name="csY10" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX11" fmla="*/ 1240631 w 1279921"/>
+              <a:gd name="csY11" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX12" fmla="*/ 764381 w 1279921"/>
+              <a:gd name="csY12" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX13" fmla="*/ 764381 w 1279921"/>
+              <a:gd name="csY13" fmla="*/ 776883 h 1184076"/>
+              <a:gd name="csX14" fmla="*/ 843558 w 1279921"/>
+              <a:gd name="csY14" fmla="*/ 298252 h 1184076"/>
+              <a:gd name="csX15" fmla="*/ 1171575 w 1279921"/>
+              <a:gd name="csY15" fmla="*/ 0 h 1184076"/>
+              <a:gd name="csX16" fmla="*/ 1279922 w 1279921"/>
+              <a:gd name="csY16" fmla="*/ 172641 h 1184076"/>
+              <a:gd name="csX17" fmla="*/ 1079897 w 1279921"/>
+              <a:gd name="csY17" fmla="*/ 341709 h 1184076"/>
+              <a:gd name="csX18" fmla="*/ 1008459 w 1279921"/>
+              <a:gd name="csY18" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX19" fmla="*/ 1240631 w 1279921"/>
+              <a:gd name="csY19" fmla="*/ 668536 h 1184076"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="csX0" y="csY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX1" y="csY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX2" y="csY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX3" y="csY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX4" y="csY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX5" y="csY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX6" y="csY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX7" y="csY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX8" y="csY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX9" y="csY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX10" y="csY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX11" y="csY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX12" y="csY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX13" y="csY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX14" y="csY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX15" y="csY15"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX16" y="csY16"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX17" y="csY17"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX18" y="csY18"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX19" y="csY19"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="1279921" h="1184076">
+                <a:moveTo>
+                  <a:pt x="475655" y="668536"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="475655" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="776883"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="556617"/>
+                  <a:pt x="26194" y="397073"/>
+                  <a:pt x="79177" y="298252"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="148233" y="166688"/>
+                  <a:pt x="257770" y="67270"/>
+                  <a:pt x="407194" y="0"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="515541" y="172641"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="425053" y="210741"/>
+                  <a:pt x="358378" y="266700"/>
+                  <a:pt x="315516" y="341709"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="272653" y="416719"/>
+                  <a:pt x="248841" y="525661"/>
+                  <a:pt x="244078" y="668536"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="476250" y="668536"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1240631" y="668536"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1240631" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="764381" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="764381" y="776883"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="764381" y="556617"/>
+                  <a:pt x="790575" y="397073"/>
+                  <a:pt x="843558" y="298252"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="912614" y="166688"/>
+                  <a:pt x="1022152" y="67270"/>
+                  <a:pt x="1171575" y="0"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1279922" y="172641"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1189434" y="210741"/>
+                  <a:pt x="1122759" y="266700"/>
+                  <a:pt x="1079897" y="341709"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1037034" y="416719"/>
+                  <a:pt x="1013222" y="525661"/>
+                  <a:pt x="1008459" y="668536"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1240631" y="668536"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="5953" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="62082544"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Divider Slide – Navy">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Footer Placeholder 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Slide Number Placeholder 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Title 15"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="1754766"/>
+            <a:ext cx="6593258" cy="1430138"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0" baseline="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Section Header Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rectangle 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2" y="1769166"/>
+            <a:ext cx="248479" cy="1411357"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="0" i="0" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1116822056"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Divider Slide – Teal">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Footer Placeholder 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Slide Number Placeholder 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Title 15"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="1754766"/>
+            <a:ext cx="6593258" cy="1430138"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Section Header Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rectangle 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2" y="1769166"/>
+            <a:ext cx="248479" cy="1411357"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="0" i="0" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2138342550"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Divider Slide – Blue">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Footer Placeholder 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Slide Number Placeholder 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Title 15"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="1754766"/>
+            <a:ext cx="6593258" cy="1430138"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Section Header Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rectangle 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2" y="1769166"/>
+            <a:ext cx="248479" cy="1411357"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="0" i="0" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="685944647"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1">
+  <p:cSld name="Blank Slide">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2902870014"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1">
+  <p:cSld name="Closing with logo – 1">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 41"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="invGray">
+          <a:xfrm>
+            <a:off x="3865186" y="2032663"/>
+            <a:ext cx="1571041" cy="1025798"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2" descr="Home">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FA514B5-D001-EA5E-24E0-82CE12DDBD68}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2479609" y="2117639"/>
+            <a:ext cx="4184782" cy="855845"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1406655376"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1">
+  <p:cSld name="Closing with logo – 2">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3879213" y="1884801"/>
+            <a:ext cx="1374274" cy="1373900"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1801167232"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="Two Column Slide – Navy">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg2"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Title 15"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Slide Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457202" y="695741"/>
+            <a:ext cx="8169964" cy="334897"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DB82787-BA94-51FE-9512-B3DF28FE9AE2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="20"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="449886" y="1420813"/>
+            <a:ext cx="3826840" cy="2852737"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl2pPr>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl4pPr>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:defRPr/>
+            </a:lvl4pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CE7FC27-AE46-7281-6BA6-F28AE9F03FAB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="21"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4778375" y="1420812"/>
+            <a:ext cx="3838575" cy="2852737"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl2pPr>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl4pPr>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:defRPr/>
+            </a:lvl4pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Slide Number Placeholder 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Footer Placeholder 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2355F1CC-DCA8-A8D4-F7CD-ED301E048218}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7294573" y="4733948"/>
+            <a:ext cx="1578600" cy="322753"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="184376093"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="Bullet Slide-Navy">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg2"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Footer Placeholder 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Slide Number Placeholder 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Title 15"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Slide Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457202" y="695741"/>
+            <a:ext cx="8169964" cy="357809"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="459685" y="1401417"/>
+            <a:ext cx="8137665" cy="2932045"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl4pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C67BFB76-358C-BA8E-407C-A18811E3879A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7294573" y="4733948"/>
+            <a:ext cx="1578600" cy="322753"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3470262965"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="Bullet Slide - Navy">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg2"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Title 15"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Slide Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457202" y="695741"/>
+            <a:ext cx="8169964" cy="357809"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DC3B4FD-74CC-57EF-0D4D-DCD4DF8CA226}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="1401763"/>
+            <a:ext cx="8169964" cy="2932112"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl2pPr>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl4pPr>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:defRPr/>
+            </a:lvl4pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Slide Number Placeholder 13">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Footer Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0894FE4-E763-735A-DB04-2C4D972CA636}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2784650" y="2206317"/>
+            <a:ext cx="3574700" cy="730865"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDA7BFE5-C012-8B12-41BB-5CAACF83F913}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7294573" y="4733948"/>
+            <a:ext cx="1578600" cy="322753"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3745800398"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1" userDrawn="1">
+  <p:cSld name="Cover – Teal">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent2"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Date Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="428220" y="4616419"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1400" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{D2C759A4-81DB-2B49-BAD8-20F4759D56E4}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="429766" y="3185161"/>
+            <a:ext cx="6147682" cy="508220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="422901" y="4102257"/>
+            <a:ext cx="6154547" cy="426719"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="1600" b="1" i="0" baseline="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Title 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8F50CE7-BE49-DF46-A309-403467331352}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="426151" y="1878497"/>
+            <a:ext cx="6141359" cy="1311963"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA28A325-5D4A-EE3B-A744-1455E4D4C1BD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="361545" y="616609"/>
+            <a:ext cx="3203061" cy="654882"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="530420784"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Cover 2 – Navy">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="241905" y="241902"/>
+            <a:ext cx="8902097" cy="4901598"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="502920" y="1"/>
+            <a:ext cx="5666935" cy="4304714"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="0" i="0" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Title 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DAA724C-3107-8C4A-A46D-AB498B3D6B3F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696349" y="1256067"/>
+            <a:ext cx="4804920" cy="1311963"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr bIns="0" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9573359-3223-304A-9E4E-E3990C977311}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696348" y="2654171"/>
+            <a:ext cx="4804920" cy="508220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr tIns="50400">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696348" y="3420605"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="90000" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="1600" b="1" i="0" baseline="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Date Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696348" y="3934767"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="90000" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1400" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{199763C0-80D9-8D42-B900-9C5810713DB1}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3326EE2C-6E48-3083-45D7-373BB95A8896}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696348" y="513742"/>
+            <a:ext cx="2277938" cy="465736"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="375286158"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1620" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="431" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Cover 2 – Teal">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect b="-1"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="250522" y="244258"/>
+            <a:ext cx="8893479" cy="4899242"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="502920" y="0"/>
+            <a:ext cx="5666935" cy="4304714"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="0" i="0" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Title 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC5268CC-F2CF-CFBE-783D-0EA54C4913D5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696349" y="1256067"/>
+            <a:ext cx="4804920" cy="1311963"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr bIns="0" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F42C38CF-B47A-51BD-67AD-B49B43BFE12B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696348" y="2654171"/>
+            <a:ext cx="4804920" cy="508220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4665328A-BF51-371E-6A12-C9B426AFB9ED}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696348" y="3420605"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="90000" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="1600" b="1" i="0" baseline="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB1906F7-34BB-A584-EA45-58A2C67EDF18}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696348" y="3934767"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="90000" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1400" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{199763C0-80D9-8D42-B900-9C5810713DB1}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22C9A7F6-20DA-3416-0091-039960F77FE5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696348" y="513742"/>
+            <a:ext cx="2277938" cy="465736"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Cover 2 – Blue">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="241905" y="241902"/>
+            <a:ext cx="8908063" cy="4901598"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="502920" y="1"/>
+            <a:ext cx="5666935" cy="4304714"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="0" i="0" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Title 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B315E655-425B-6342-8FC5-549929A12CE9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="693655" y="1256067"/>
+            <a:ext cx="4807613" cy="1311963"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr bIns="0" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59D8CE0E-5F3B-3149-9E62-C9706A69F83B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="693655" y="2654171"/>
+            <a:ext cx="4807613" cy="508220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD076ED3-B4CC-4448-9C8D-EE9C8E4EDB9A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="693655" y="3420605"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="1600" b="1" i="0" baseline="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Date Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CD1AB83-6DAD-CB4D-8F80-6559296DFFA5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="693655" y="3934767"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1400" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{E601DCD7-F394-9C47-9AE3-85303D673D5E}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42379378-0969-B3C2-F394-978A0439F7A2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696348" y="513742"/>
+            <a:ext cx="2277938" cy="465736"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Cover 2 – White">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="14" name="Picture 13">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="241905" y="241902"/>
+            <a:ext cx="8902097" cy="4901598"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="502920" y="0"/>
+            <a:ext cx="5666935" cy="4304714"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="0" i="0" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Title 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D807373-E9A5-9F41-8251-72DE5DC0C0B9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696867" y="1248693"/>
+            <a:ext cx="4804401" cy="1311963"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr bIns="0" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA66BC5E-F1DA-6A44-9B69-93266278F913}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="700484" y="2646797"/>
+            <a:ext cx="4800784" cy="508220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{364A4BD1-BDC4-5847-8479-2F6EAA1BF060}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="711588" y="3420605"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="1600" b="1" i="0" baseline="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Date Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA5AAF51-36B8-9940-ACBC-F45CDFBB60D9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="713193" y="3934767"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1400" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{B4798F0E-CEC8-8A4D-A129-15694C617DB3}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2" descr="Home">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A31492AA-4797-24D1-B6EE-1A8317F96898}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="684690" y="509265"/>
+            <a:ext cx="2316904" cy="473840"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Cover 3 – Navy">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="241903" y="241703"/>
+            <a:ext cx="8902097" cy="4901798"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="502920" y="1"/>
+            <a:ext cx="5666935" cy="4304714"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="0" i="0" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Title 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B315E655-425B-6342-8FC5-549929A12CE9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696867" y="1256067"/>
+            <a:ext cx="4804401" cy="1311963"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr bIns="0" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59D8CE0E-5F3B-3149-9E62-C9706A69F83B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="700484" y="2654171"/>
+            <a:ext cx="4800784" cy="508220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD076ED3-B4CC-4448-9C8D-EE9C8E4EDB9A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="711588" y="3420605"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="1600" b="1" i="0" baseline="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Date Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CD1AB83-6DAD-CB4D-8F80-6559296DFFA5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="713193" y="3934767"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1400" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{295CD000-1EC0-AA42-B1CD-FDFAC651DA81}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB2B1F93-7360-3EFD-1F09-B1FEA720F32F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696348" y="513742"/>
+            <a:ext cx="2277938" cy="465736"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2255495768"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1620" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="2880" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Cover 2 – Violet">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="241903" y="241703"/>
+            <a:ext cx="8902097" cy="4901798"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="502920" y="1"/>
+            <a:ext cx="5666935" cy="4304714"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="0" i="0" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Title 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B315E655-425B-6342-8FC5-549929A12CE9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696867" y="1248693"/>
+            <a:ext cx="4804401" cy="1311963"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr bIns="0" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59D8CE0E-5F3B-3149-9E62-C9706A69F83B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="700484" y="2646797"/>
+            <a:ext cx="4800784" cy="508220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD076ED3-B4CC-4448-9C8D-EE9C8E4EDB9A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="711588" y="3420605"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="1600" b="1" i="0" baseline="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Date Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CD1AB83-6DAD-CB4D-8F80-6559296DFFA5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="713193" y="3934767"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1400" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{B82CAA2A-5698-F649-A896-1B0C52B65B4D}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80F5FA1E-5A18-5AA4-1C02-00A2F0E25A2E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696348" y="513742"/>
+            <a:ext cx="2277938" cy="465736"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2779685079"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1620">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="2880">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Cover 2 – Magenta">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="241903" y="241703"/>
+            <a:ext cx="8902097" cy="4901798"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="502920" y="1"/>
+            <a:ext cx="5666935" cy="4304714"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent6"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="0" i="0" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Title 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B315E655-425B-6342-8FC5-549929A12CE9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696867" y="1248693"/>
+            <a:ext cx="4804401" cy="1311963"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr bIns="0" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Date Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CD1AB83-6DAD-CB4D-8F80-6559296DFFA5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="713193" y="3934767"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1400" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{325E0E3E-37E7-624B-BD5B-F3FD27B58250}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD076ED3-B4CC-4448-9C8D-EE9C8E4EDB9A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="711588" y="3420605"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="1600" b="1" i="0" baseline="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59D8CE0E-5F3B-3149-9E62-C9706A69F83B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="700484" y="2646797"/>
+            <a:ext cx="4800784" cy="508220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{700B0BB7-A9D5-2D1B-2714-34602A0E7D02}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696348" y="513742"/>
+            <a:ext cx="2277938" cy="465736"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3297006234"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1620">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="2880">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1" userDrawn="1">
+  <p:cSld name="Cover 4 – Navy">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg2"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Title 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65B08227-3138-BB41-8E3C-35CA4778CC1D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="337463" y="1646422"/>
+            <a:ext cx="6437410" cy="1311963"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr bIns="0" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E34A4266-EC7F-FD4B-9C3E-81E7A2295184}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="341081" y="3044526"/>
+            <a:ext cx="6432731" cy="508220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="317595" y="4120016"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="1600" b="1" i="0" baseline="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Date Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="319200" y="4634178"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1400" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{E76EBEE4-9892-574D-BF3F-34A92DB1BEAF}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Graphic 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E56506E1-BB8B-7045-8D57-C400CDE42A8B}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="68552" t="35459" r="2030" b="-21848"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="2622550" y="-1377949"/>
+            <a:ext cx="5143500" cy="7899400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E6DD097-EC02-A882-948B-F7D306E26BF6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="317594" y="661835"/>
+            <a:ext cx="3031935" cy="619895"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1956331671"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1620" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="264" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1" userDrawn="1">
+  <p:cSld name="Cover 3 – Blue">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Title 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65B08227-3138-BB41-8E3C-35CA4778CC1D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="337463" y="1649297"/>
+            <a:ext cx="6437410" cy="1311963"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr bIns="0" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E34A4266-EC7F-FD4B-9C3E-81E7A2295184}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="341081" y="3047401"/>
+            <a:ext cx="6432731" cy="508220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="317595" y="4120016"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="1600" b="1" i="0" baseline="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Date Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="319200" y="4634178"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1400" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{98E9279F-0732-2D41-9F31-EB38C1C6965B}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="Graphic 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29BA6BCF-2F1A-8443-A8DC-13CF462899A6}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="83239" t="50956" r="-12029" b="-22843"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="3213909" y="-786591"/>
+            <a:ext cx="5143498" cy="6716684"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1FA58044-C78F-8679-352C-D8EE6BF63A0B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="337463" y="513742"/>
+            <a:ext cx="2277938" cy="465736"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3266065022"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1620" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="264" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1" userDrawn="1">
+  <p:cSld name="Cover 3 – Teal">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="accent2"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Title 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65B08227-3138-BB41-8E3C-35CA4778CC1D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="337463" y="1647442"/>
+            <a:ext cx="6437410" cy="1311963"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr bIns="0" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E34A4266-EC7F-FD4B-9C3E-81E7A2295184}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="341081" y="3045546"/>
+            <a:ext cx="6432731" cy="508220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="317595" y="4120016"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="1600" b="1" i="0" baseline="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Date Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="319200" y="4634178"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1400" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{574AEBC4-F1C6-964F-B3AF-AF09E45DE715}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="13" name="Picture 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A9B26ED-91EB-374C-A70F-3562EDE10CB7}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:alphaModFix amt="25000"/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect b="-8148"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="10800000">
+            <a:off x="2413325" y="62568"/>
+            <a:ext cx="6730677" cy="1959529"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A888F6F-4545-3A8F-75CD-0990B0A84A8A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="337463" y="513742"/>
+            <a:ext cx="2277938" cy="465736"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="228618032"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1620" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="264" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1" userDrawn="1">
+  <p:cSld name="Cover – Navy">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Title 15"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="428220" y="1878497"/>
+            <a:ext cx="6141359" cy="1311963"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Date Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="428220" y="4616419"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1400" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{4AD83FAE-0AD2-084F-918F-E696D117757B}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="431835" y="3185161"/>
+            <a:ext cx="6147682" cy="508220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="428220" y="4102257"/>
+            <a:ext cx="6151297" cy="426719"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="1600" b="1" i="0" baseline="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4A62858-A76F-C9DA-C71B-8E653CA85966}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="361545" y="616609"/>
+            <a:ext cx="3203061" cy="654882"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1530133944"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout30.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1" userDrawn="1">
+  <p:cSld name="Cover 3 – White">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="tx2"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="35" name="Title 34"/>
+          <p:cNvPr id="10" name="Title 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65B08227-3138-BB41-8E3C-35CA4778CC1D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457722" y="2121645"/>
-[...5 lines deleted...]
-            <a:spAutoFit/>
+            <a:off x="337463" y="1642974"/>
+            <a:ext cx="6437410" cy="1311963"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr bIns="0" anchor="b">
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:lnSpc>
-[...5 lines deleted...]
-                </a:ln>
+              <a:defRPr sz="3600" b="0" i="0" baseline="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:schemeClr val="bg2"/>
                 </a:solidFill>
-                <a:effectLst/>
-[...4 lines deleted...]
-                <a:cs typeface="+mj-cs"/>
+                <a:latin typeface="+mj-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E34A4266-EC7F-FD4B-9C3E-81E7A2295184}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="341081" y="3041078"/>
+            <a:ext cx="6432731" cy="508220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="317595" y="4120016"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
-                <a:spcPct val="0"/>
+                <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buClrTx/>
-[...1 lines deleted...]
-              <a:buFontTx/>
               <a:buNone/>
-              <a:tabLst/>
-[...27 lines deleted...]
-          <a:bodyPr anchor="t" anchorCtr="0">
+              <a:defRPr lang="en-US" sz="1600" b="1" i="0" baseline="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Date Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="319200" y="4634178"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="91440" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...8 lines deleted...]
-              <a:defRPr sz="3000" i="1" spc="0" baseline="0">
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1400" b="1" i="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:schemeClr val="bg2"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
-              </a:defRPr>
-[...128 lines deleted...]
-                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{87431B66-2D65-4398-A930-0D30EC9EE69D}" type="datetime1">
+            <a:fld id="{44BC1395-2AD9-8C4D-9E13-CE99F3E7EA24}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/18/15</a:t>
+              <a:t>3/13/2026</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...220 lines deleted...]
-      </p:cxnSp>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="12" name="Picture 11" descr="UCSF_sig_white_RGB.png"/>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{504723CD-1F5B-804C-A079-FE3D1017AF2B}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:alphaModFix amt="45000"/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect r="32084"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2244538" y="183586"/>
+            <a:ext cx="6899462" cy="1686849"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3" descr="Home">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60180EAB-72BA-375C-E457-24F73EF8E905}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
+          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr>
-[...2 lines deleted...]
-            <a:ext cx="1049132" cy="682171"/>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="337463" y="593081"/>
+            <a:ext cx="1907075" cy="390024"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3981804107"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2513984228"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
-    <a:masterClrMapping/>
+    <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="1620" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="264" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-      </p:bgPr>
+<file path=ppt/slideLayouts/slideLayout31.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Bullet Slide - Navy">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg2"/>
+      </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Title 15"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Slide Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457202" y="695741"/>
+            <a:ext cx="8169964" cy="357809"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DC3B4FD-74CC-57EF-0D4D-DCD4DF8CA226}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="1401763"/>
+            <a:ext cx="8169964" cy="2932112"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl2pPr>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl4pPr>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:defRPr/>
+            </a:lvl4pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Slide Number Placeholder 13">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Footer Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3"/>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D74D9658-3691-FF13-B84B-FFB806CBBE53}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...5 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="invGray">
-[...381 lines deleted...]
-            <a:ext cx="799867" cy="520092"/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7294573" y="4733948"/>
+            <a:ext cx="1578600" cy="322753"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3843265991"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1275216213"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
-    <a:masterClrMapping/>
+    <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-      </p:bgPr>
+<file path=ppt/slideLayouts/slideLayout32.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Blank Slide – Navy">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg2"/>
+      </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Footer Placeholder 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Slide Number Placeholder 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1"/>
-[...381 lines deleted...]
-          <p:cNvPr id="9" name="Picture 8" descr="UCSF_sig_white_RGB.png"/>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6B78636-C2FA-DD23-62E4-4D58D339C9AF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
-[...5 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="545191" y="546708"/>
-            <a:ext cx="799867" cy="520092"/>
+            <a:off x="7294573" y="4733948"/>
+            <a:ext cx="1578600" cy="322753"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1318803932"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1375574610"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
-    <a:masterClrMapping/>
+    <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
-[...483 lines deleted...]
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
-[...408 lines deleted...]
-<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="Head and Content">
-[...1613 lines deleted...]
-  <p:cSld name="External Co-branding White Title">
+  <p:cSld name="Chart Slide – Navy">
     <p:bg>
-      <p:bgPr>
-[...4 lines deleted...]
-      </p:bgPr>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg2"/>
+      </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="46" name="Date Placeholder 4"/>
-[...10 lines deleted...]
-            <a:ext cx="1925338" cy="178955"/>
+          <p:cNvPr id="10" name="Footer Placeholder 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Slide Number Placeholder 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Chart Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="chart" sz="quarter" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="268359" y="352446"/>
+            <a:ext cx="8587407" cy="3972812"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b" anchorCtr="0"/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr algn="l">
-[...6 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr b="0" i="0"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{87431B66-2D65-4398-A930-0D30EC9EE69D}" type="datetime1">
-[...428 lines deleted...]
-      </p:grpSp>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click icon to add chart</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="12" name="Picture 11" descr="UCSF_sig_navy_RGB.png"/>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D862F53F-127D-F1CE-5859-C9605E40D1E7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...5 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="351971" y="542472"/>
-            <a:ext cx="1049132" cy="682171"/>
+            <a:off x="7294573" y="4733948"/>
+            <a:ext cx="1578600" cy="322753"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2596412957"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="628926693"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
-    <a:masterClrMapping/>
+    <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
-[...69 lines deleted...]
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout21.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Closing with Logo">
+<file path=ppt/slideLayouts/slideLayout34.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Two Column Slide – Navy">
     <p:bg>
-      <p:bgPr>
-[...4 lines deleted...]
-      </p:bgPr>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg2"/>
+      </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...23 lines deleted...]
-            <a:ext cx="1571041" cy="1025798"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Title 15"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...86 lines deleted...]
-          <a:prstGeom prst="line">
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Slide Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457202" y="695741"/>
+            <a:ext cx="8169964" cy="334897"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="12700">
-[...37 lines deleted...]
-          <a:bodyPr/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:lnSpc>
-                <a:spcPct val="95000"/>
+                <a:spcPct val="100000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...2 lines deleted...]
-              <a:buFontTx/>
               <a:buNone/>
-              <a:defRPr sz="2000">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:defRPr sz="1800" b="0" i="0">
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr>
-[...3 lines deleted...]
-                </a:solidFill>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr>
-[...3 lines deleted...]
-                </a:solidFill>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr>
-[...3 lines deleted...]
-                </a:solidFill>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr>
-[...3 lines deleted...]
-                </a:solidFill>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DB82787-BA94-51FE-9512-B3DF28FE9AE2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="20"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="449886" y="1420813"/>
+            <a:ext cx="3826840" cy="2852737"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl2pPr>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl4pPr>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:defRPr/>
+            </a:lvl4pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CE7FC27-AE46-7281-6BA6-F28AE9F03FAB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="21"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4778375" y="1420812"/>
+            <a:ext cx="3838575" cy="2852737"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl2pPr>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl4pPr>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:defRPr/>
+            </a:lvl4pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Slide Number Placeholder 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>Click to edit Master text styles</a:t>
-[...38 lines deleted...]
-      </p:cxnSp>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Footer Placeholder 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 41"/>
-[...673 lines deleted...]
-          <p:cNvPr id="9" name="Picture 8" descr="UCSF_sig_white_RGB.png"/>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B4ED6FE-C617-A128-0046-8B9D86E0AF07}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...5 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="363160" y="546707"/>
-            <a:ext cx="1034248" cy="672493"/>
+            <a:off x="7294573" y="4733948"/>
+            <a:ext cx="1578600" cy="322753"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="733343672"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1948818793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
-    <a:masterClrMapping/>
+    <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
-[...4730 lines deleted...]
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout35.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
-[...6080 lines deleted...]
-<file path=ppt/slideLayouts/slideLayout50.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="Head and Content">
-[...4594 lines deleted...]
-  <p:cSld>
+  <p:cSld name="Bullet Slide - White">
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title Placeholder 1"/>
-[...10 lines deleted...]
-            <a:ext cx="8089900" cy="458587"/>
+          <p:cNvPr id="7" name="Title 15"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t" anchorCtr="0">
-            <a:spAutoFit/>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle/>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Slide Title Here</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...16 lines deleted...]
-            <a:ext cx="8089901" cy="1246495"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457202" y="695741"/>
+            <a:ext cx="8169964" cy="334897"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+          <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E262650-5940-5F1E-5FB4-EE73016D9047}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="1408113"/>
+            <a:ext cx="8169964" cy="2967037"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-              <a:t>Click to edit bullet text</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...23 lines deleted...]
-          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b" anchorCtr="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Slide Number Placeholder 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr algn="l">
-[...89 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Footer Placeholder 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2103658245"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout36.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Chart Slide – White">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Footer Placeholder 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Slide Number Placeholder 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Chart Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="chart" sz="quarter" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="268359" y="352446"/>
+            <a:ext cx="8587407" cy="3972812"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click icon to add chart</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1220903655"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout37.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Two Column Slide – White">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Title 15"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Slide Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457202" y="695741"/>
+            <a:ext cx="8169964" cy="334897"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3250EB8-EBD4-6AA7-9F25-3F2C200F44E0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="20"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="454025" y="1420813"/>
+            <a:ext cx="3829050" cy="2853014"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0956D4F9-D041-3D65-245B-324EC3B6A4A9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="21"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4791075" y="1420813"/>
+            <a:ext cx="3832225" cy="2853014"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Slide Number Placeholder 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Footer Placeholder 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1897927870"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout38.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Quote Slide – Blue">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text Placeholder 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437601" y="1431236"/>
+            <a:ext cx="8229323" cy="2107096"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" baseline="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>This page is an option should you wish to utilize a quote as a stand-alone slide within your presentation. The rest is </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Ut</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>enim</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> ad minim </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>quis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>nostrud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Rectangle 12">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="437601" y="2"/>
+            <a:ext cx="1073426" cy="1182754"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="0" i="0" dirty="0" err="1">
+              <a:solidFill>
+                <a:srgbClr val="90BD31"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text Placeholder 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1981A295-7865-0433-673D-BEA157C2AAB1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="14" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="447674" y="3696830"/>
+            <a:ext cx="6513958" cy="312475"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr bIns="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Author’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="447674" y="4009305"/>
+            <a:ext cx="6513958" cy="591048"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Position Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Graphic 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{732A4A71-CE9E-228E-C500-EF7795DBF806}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="736971" y="416634"/>
+            <a:ext cx="474686" cy="439140"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="csX0" fmla="*/ 475655 w 1279921"/>
+              <a:gd name="csY0" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX1" fmla="*/ 475655 w 1279921"/>
+              <a:gd name="csY1" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX2" fmla="*/ 0 w 1279921"/>
+              <a:gd name="csY2" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX3" fmla="*/ 0 w 1279921"/>
+              <a:gd name="csY3" fmla="*/ 776883 h 1184076"/>
+              <a:gd name="csX4" fmla="*/ 79177 w 1279921"/>
+              <a:gd name="csY4" fmla="*/ 298252 h 1184076"/>
+              <a:gd name="csX5" fmla="*/ 407194 w 1279921"/>
+              <a:gd name="csY5" fmla="*/ 0 h 1184076"/>
+              <a:gd name="csX6" fmla="*/ 515541 w 1279921"/>
+              <a:gd name="csY6" fmla="*/ 172641 h 1184076"/>
+              <a:gd name="csX7" fmla="*/ 315516 w 1279921"/>
+              <a:gd name="csY7" fmla="*/ 341709 h 1184076"/>
+              <a:gd name="csX8" fmla="*/ 244078 w 1279921"/>
+              <a:gd name="csY8" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX9" fmla="*/ 476250 w 1279921"/>
+              <a:gd name="csY9" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX10" fmla="*/ 1240631 w 1279921"/>
+              <a:gd name="csY10" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX11" fmla="*/ 1240631 w 1279921"/>
+              <a:gd name="csY11" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX12" fmla="*/ 764381 w 1279921"/>
+              <a:gd name="csY12" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX13" fmla="*/ 764381 w 1279921"/>
+              <a:gd name="csY13" fmla="*/ 776883 h 1184076"/>
+              <a:gd name="csX14" fmla="*/ 843558 w 1279921"/>
+              <a:gd name="csY14" fmla="*/ 298252 h 1184076"/>
+              <a:gd name="csX15" fmla="*/ 1171575 w 1279921"/>
+              <a:gd name="csY15" fmla="*/ 0 h 1184076"/>
+              <a:gd name="csX16" fmla="*/ 1279922 w 1279921"/>
+              <a:gd name="csY16" fmla="*/ 172641 h 1184076"/>
+              <a:gd name="csX17" fmla="*/ 1079897 w 1279921"/>
+              <a:gd name="csY17" fmla="*/ 341709 h 1184076"/>
+              <a:gd name="csX18" fmla="*/ 1008459 w 1279921"/>
+              <a:gd name="csY18" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX19" fmla="*/ 1240631 w 1279921"/>
+              <a:gd name="csY19" fmla="*/ 668536 h 1184076"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="csX0" y="csY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX1" y="csY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX2" y="csY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX3" y="csY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX4" y="csY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX5" y="csY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX6" y="csY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX7" y="csY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX8" y="csY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX9" y="csY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX10" y="csY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX11" y="csY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX12" y="csY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX13" y="csY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX14" y="csY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX15" y="csY15"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX16" y="csY16"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX17" y="csY17"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX18" y="csY18"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX19" y="csY19"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="1279921" h="1184076">
+                <a:moveTo>
+                  <a:pt x="475655" y="668536"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="475655" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="776883"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="556617"/>
+                  <a:pt x="26194" y="397073"/>
+                  <a:pt x="79177" y="298252"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="148233" y="166688"/>
+                  <a:pt x="257770" y="67270"/>
+                  <a:pt x="407194" y="0"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="515541" y="172641"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="425053" y="210741"/>
+                  <a:pt x="358378" y="266700"/>
+                  <a:pt x="315516" y="341709"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="272653" y="416719"/>
+                  <a:pt x="248841" y="525661"/>
+                  <a:pt x="244078" y="668536"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="476250" y="668536"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1240631" y="668536"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1240631" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="764381" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="764381" y="776883"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="764381" y="556617"/>
+                  <a:pt x="790575" y="397073"/>
+                  <a:pt x="843558" y="298252"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="912614" y="166688"/>
+                  <a:pt x="1022152" y="67270"/>
+                  <a:pt x="1171575" y="0"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1279922" y="172641"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1189434" y="210741"/>
+                  <a:pt x="1122759" y="266700"/>
+                  <a:pt x="1079897" y="341709"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1037034" y="416719"/>
+                  <a:pt x="1013222" y="525661"/>
+                  <a:pt x="1008459" y="668536"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1240631" y="668536"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln w="5953" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Footer Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout39.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Quote Slide – Teal">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text Placeholder 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437601" y="1431236"/>
+            <a:ext cx="8229323" cy="2107096"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" baseline="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>This page is an option should you wish to utilize a quote as a stand-alone slide within your presentation. The rest is </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Ut</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>enim</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> ad minim </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>quis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>nostrud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Rectangle 12">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="437601" y="2"/>
+            <a:ext cx="1073426" cy="1182754"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="0" i="0" dirty="0" err="1">
+              <a:solidFill>
+                <a:srgbClr val="90BD31"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="447674" y="4009305"/>
+            <a:ext cx="6513958" cy="598137"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Position Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Graphic 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26542EAA-6E33-9631-FACB-7AAC133D8131}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="736971" y="416634"/>
+            <a:ext cx="474686" cy="439140"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="csX0" fmla="*/ 475655 w 1279921"/>
+              <a:gd name="csY0" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX1" fmla="*/ 475655 w 1279921"/>
+              <a:gd name="csY1" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX2" fmla="*/ 0 w 1279921"/>
+              <a:gd name="csY2" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX3" fmla="*/ 0 w 1279921"/>
+              <a:gd name="csY3" fmla="*/ 776883 h 1184076"/>
+              <a:gd name="csX4" fmla="*/ 79177 w 1279921"/>
+              <a:gd name="csY4" fmla="*/ 298252 h 1184076"/>
+              <a:gd name="csX5" fmla="*/ 407194 w 1279921"/>
+              <a:gd name="csY5" fmla="*/ 0 h 1184076"/>
+              <a:gd name="csX6" fmla="*/ 515541 w 1279921"/>
+              <a:gd name="csY6" fmla="*/ 172641 h 1184076"/>
+              <a:gd name="csX7" fmla="*/ 315516 w 1279921"/>
+              <a:gd name="csY7" fmla="*/ 341709 h 1184076"/>
+              <a:gd name="csX8" fmla="*/ 244078 w 1279921"/>
+              <a:gd name="csY8" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX9" fmla="*/ 476250 w 1279921"/>
+              <a:gd name="csY9" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX10" fmla="*/ 1240631 w 1279921"/>
+              <a:gd name="csY10" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX11" fmla="*/ 1240631 w 1279921"/>
+              <a:gd name="csY11" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX12" fmla="*/ 764381 w 1279921"/>
+              <a:gd name="csY12" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX13" fmla="*/ 764381 w 1279921"/>
+              <a:gd name="csY13" fmla="*/ 776883 h 1184076"/>
+              <a:gd name="csX14" fmla="*/ 843558 w 1279921"/>
+              <a:gd name="csY14" fmla="*/ 298252 h 1184076"/>
+              <a:gd name="csX15" fmla="*/ 1171575 w 1279921"/>
+              <a:gd name="csY15" fmla="*/ 0 h 1184076"/>
+              <a:gd name="csX16" fmla="*/ 1279922 w 1279921"/>
+              <a:gd name="csY16" fmla="*/ 172641 h 1184076"/>
+              <a:gd name="csX17" fmla="*/ 1079897 w 1279921"/>
+              <a:gd name="csY17" fmla="*/ 341709 h 1184076"/>
+              <a:gd name="csX18" fmla="*/ 1008459 w 1279921"/>
+              <a:gd name="csY18" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX19" fmla="*/ 1240631 w 1279921"/>
+              <a:gd name="csY19" fmla="*/ 668536 h 1184076"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="csX0" y="csY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX1" y="csY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX2" y="csY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX3" y="csY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX4" y="csY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX5" y="csY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX6" y="csY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX7" y="csY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX8" y="csY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX9" y="csY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX10" y="csY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX11" y="csY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX12" y="csY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX13" y="csY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX14" y="csY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX15" y="csY15"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX16" y="csY16"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX17" y="csY17"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX18" y="csY18"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX19" y="csY19"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="1279921" h="1184076">
+                <a:moveTo>
+                  <a:pt x="475655" y="668536"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="475655" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="776883"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="556617"/>
+                  <a:pt x="26194" y="397073"/>
+                  <a:pt x="79177" y="298252"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="148233" y="166688"/>
+                  <a:pt x="257770" y="67270"/>
+                  <a:pt x="407194" y="0"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="515541" y="172641"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="425053" y="210741"/>
+                  <a:pt x="358378" y="266700"/>
+                  <a:pt x="315516" y="341709"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="272653" y="416719"/>
+                  <a:pt x="248841" y="525661"/>
+                  <a:pt x="244078" y="668536"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="476250" y="668536"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1240631" y="668536"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1240631" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="764381" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="764381" y="776883"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="764381" y="556617"/>
+                  <a:pt x="790575" y="397073"/>
+                  <a:pt x="843558" y="298252"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="912614" y="166688"/>
+                  <a:pt x="1022152" y="67270"/>
+                  <a:pt x="1171575" y="0"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1279922" y="172641"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1189434" y="210741"/>
+                  <a:pt x="1122759" y="266700"/>
+                  <a:pt x="1079897" y="341709"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1037034" y="416719"/>
+                  <a:pt x="1013222" y="525661"/>
+                  <a:pt x="1008459" y="668536"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1240631" y="668536"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln w="5953" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Footer Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DBA204E-04A2-02B0-C7BE-5CF6CD7D260D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="14" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="447674" y="3696829"/>
+            <a:ext cx="6513958" cy="312475"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr bIns="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Author’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Bullet Slide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Footer Placeholder 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Slide Number Placeholder 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Title 15"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437727" y="309786"/>
+            <a:ext cx="8173580" cy="421815"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr bIns="0" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Slide Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437727" y="695741"/>
+            <a:ext cx="8169964" cy="334897"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42CCC302-84D6-0084-4D7C-6DDF6B603316}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="17"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437727" y="1401763"/>
+            <a:ext cx="8169963" cy="2932112"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="754264467"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout40.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Quote Slide – Green">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text Placeholder 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437601" y="1431236"/>
+            <a:ext cx="8229323" cy="2107096"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" baseline="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>This page is an option should you wish to utilize a quote as a stand-alone slide within your presentation. The rest is </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Ut</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>enim</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> ad minim </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>quis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>nostrud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Rectangle 12">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="437601" y="2"/>
+            <a:ext cx="1073426" cy="1182754"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="0" i="0" dirty="0" err="1">
+              <a:solidFill>
+                <a:srgbClr val="90BD31"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text Placeholder 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="14" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="447674" y="3696829"/>
+            <a:ext cx="6513958" cy="312475"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr bIns="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Author’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="447674" y="4009305"/>
+            <a:ext cx="6513958" cy="612314"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Position Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Graphic 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{655A1DA1-0BE8-32D1-7050-60BBB50F6930}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="736971" y="416634"/>
+            <a:ext cx="474686" cy="439140"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="csX0" fmla="*/ 475655 w 1279921"/>
+              <a:gd name="csY0" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX1" fmla="*/ 475655 w 1279921"/>
+              <a:gd name="csY1" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX2" fmla="*/ 0 w 1279921"/>
+              <a:gd name="csY2" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX3" fmla="*/ 0 w 1279921"/>
+              <a:gd name="csY3" fmla="*/ 776883 h 1184076"/>
+              <a:gd name="csX4" fmla="*/ 79177 w 1279921"/>
+              <a:gd name="csY4" fmla="*/ 298252 h 1184076"/>
+              <a:gd name="csX5" fmla="*/ 407194 w 1279921"/>
+              <a:gd name="csY5" fmla="*/ 0 h 1184076"/>
+              <a:gd name="csX6" fmla="*/ 515541 w 1279921"/>
+              <a:gd name="csY6" fmla="*/ 172641 h 1184076"/>
+              <a:gd name="csX7" fmla="*/ 315516 w 1279921"/>
+              <a:gd name="csY7" fmla="*/ 341709 h 1184076"/>
+              <a:gd name="csX8" fmla="*/ 244078 w 1279921"/>
+              <a:gd name="csY8" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX9" fmla="*/ 476250 w 1279921"/>
+              <a:gd name="csY9" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX10" fmla="*/ 1240631 w 1279921"/>
+              <a:gd name="csY10" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX11" fmla="*/ 1240631 w 1279921"/>
+              <a:gd name="csY11" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX12" fmla="*/ 764381 w 1279921"/>
+              <a:gd name="csY12" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX13" fmla="*/ 764381 w 1279921"/>
+              <a:gd name="csY13" fmla="*/ 776883 h 1184076"/>
+              <a:gd name="csX14" fmla="*/ 843558 w 1279921"/>
+              <a:gd name="csY14" fmla="*/ 298252 h 1184076"/>
+              <a:gd name="csX15" fmla="*/ 1171575 w 1279921"/>
+              <a:gd name="csY15" fmla="*/ 0 h 1184076"/>
+              <a:gd name="csX16" fmla="*/ 1279922 w 1279921"/>
+              <a:gd name="csY16" fmla="*/ 172641 h 1184076"/>
+              <a:gd name="csX17" fmla="*/ 1079897 w 1279921"/>
+              <a:gd name="csY17" fmla="*/ 341709 h 1184076"/>
+              <a:gd name="csX18" fmla="*/ 1008459 w 1279921"/>
+              <a:gd name="csY18" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX19" fmla="*/ 1240631 w 1279921"/>
+              <a:gd name="csY19" fmla="*/ 668536 h 1184076"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="csX0" y="csY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX1" y="csY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX2" y="csY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX3" y="csY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX4" y="csY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX5" y="csY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX6" y="csY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX7" y="csY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX8" y="csY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX9" y="csY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX10" y="csY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX11" y="csY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX12" y="csY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX13" y="csY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX14" y="csY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX15" y="csY15"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX16" y="csY16"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX17" y="csY17"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX18" y="csY18"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX19" y="csY19"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="1279921" h="1184076">
+                <a:moveTo>
+                  <a:pt x="475655" y="668536"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="475655" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="776883"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="556617"/>
+                  <a:pt x="26194" y="397073"/>
+                  <a:pt x="79177" y="298252"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="148233" y="166688"/>
+                  <a:pt x="257770" y="67270"/>
+                  <a:pt x="407194" y="0"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="515541" y="172641"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="425053" y="210741"/>
+                  <a:pt x="358378" y="266700"/>
+                  <a:pt x="315516" y="341709"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="272653" y="416719"/>
+                  <a:pt x="248841" y="525661"/>
+                  <a:pt x="244078" y="668536"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="476250" y="668536"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1240631" y="668536"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1240631" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="764381" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="764381" y="776883"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="764381" y="556617"/>
+                  <a:pt x="790575" y="397073"/>
+                  <a:pt x="843558" y="298252"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="912614" y="166688"/>
+                  <a:pt x="1022152" y="67270"/>
+                  <a:pt x="1171575" y="0"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1279922" y="172641"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1189434" y="210741"/>
+                  <a:pt x="1122759" y="266700"/>
+                  <a:pt x="1079897" y="341709"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1037034" y="416719"/>
+                  <a:pt x="1013222" y="525661"/>
+                  <a:pt x="1008459" y="668536"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1240631" y="668536"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln w="5953" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Footer Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout41.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Section Header – Blue">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Graphic 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D91175AD-5EC8-6C49-8218-F38BDE3E8622}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="68552" t="35459" r="2030" b="-21848"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="2622550" y="-1377949"/>
+            <a:ext cx="5143500" cy="7899400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Rectangle 13">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2" y="1772719"/>
+            <a:ext cx="7051729" cy="1411357"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="0" i="0" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Title 15"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="1919440"/>
+            <a:ext cx="6435412" cy="1107896"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Section Header Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="36" name="Straight Connector 35"/>
+          <p:cNvPr id="7" name="Straight Connector 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62CCB472-92BE-5E48-80A6-FC260AA96B83}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvCxnSpPr/>
-          <p:nvPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="365125" y="4687560"/>
-            <a:ext cx="8413750" cy="0"/>
+            <a:off x="277813" y="4687560"/>
+            <a:ext cx="8595360" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="3175" cap="flat">
             <a:solidFill>
-              <a:srgbClr val="052049"/>
+              <a:schemeClr val="tx1"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:extLst>
-            <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:noFill/>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Footer Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout42.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Section Header – Teal">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Graphic 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{452C1D42-AAA3-B04E-A034-F13587860331}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="-11183" t="13402" r="10781" b="28503"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-317500" y="-245162"/>
+            <a:ext cx="9461500" cy="5388661"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 5">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2" y="1772719"/>
+            <a:ext cx="7051729" cy="1411357"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="18A3AC"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="0" i="0" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="9" name="Straight Connector 8"/>
+          <p:cNvPr id="9" name="Straight Connector 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E01C639F-F884-C946-B140-A9518C6FB9A8}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="277813" y="4687560"/>
             <a:ext cx="8595360" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="3175" cap="flat">
             <a:solidFill>
-              <a:srgbClr val="052049"/>
+              <a:schemeClr val="tx1"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:extLst>
-            <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:noFill/>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Freeform 77"/>
-[...10 lines deleted...]
-          <a:custGeom>
+          <p:cNvPr id="12" name="Title 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{013E3FCC-D96C-D344-BBA3-51BB23D2A0F4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="1919440"/>
+            <a:ext cx="6435412" cy="1107896"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
             <a:avLst/>
-            <a:gdLst>
-[...543 lines deleted...]
-            </a:prstTxWarp>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle/>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Section Header Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Footer Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
-[...25 lines deleted...]
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...290 lines deleted...]
-</p:sldMaster>
+</p:sldLayout>
 </file>
 
-<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld>
+<file path=ppt/slideLayouts/slideLayout43.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Section Header – Green">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19788447-026C-8740-AB11-4D9C4007C669}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:alphaModFix amt="40000"/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="14414"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="401119"/>
+            <a:ext cx="9144000" cy="1774069"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2" y="1772719"/>
+            <a:ext cx="7051729" cy="1411357"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="0" i="0" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="9" name="Straight Connector 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AB58095-3588-1A4E-B981-253E9F1A1AEC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="277813" y="4687560"/>
+            <a:ext cx="8595360" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="3175" cap="flat">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:noFill/>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Title 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18DED201-C78F-0E4A-B63C-520004DA73BE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="1919440"/>
+            <a:ext cx="6435412" cy="1107896"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Section Header Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Footer Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout44.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1">
+  <p:cSld name="Blank">
     <p:bg>
-      <p:bgPr>
-[...4 lines deleted...]
-      </p:bgPr>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...12 lines deleted...]
-            <a:ext cx="8089900" cy="458587"/>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3091132072"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout45.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1">
+  <p:cSld name="Closing with logo - Navy">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg2"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE544D8D-38E9-BFBA-210D-9D78D1C2B4F2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2413035" y="2104150"/>
+            <a:ext cx="4317929" cy="882823"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...74 lines deleted...]
-      </p:sp>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="192428265"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout46.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1">
+  <p:cSld name="Closing with logo - white">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="14" name="Picture 41"/>
+          <p:cNvPr id="2" name="Picture 1" descr="Home">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B91B009-27E1-10B1-9495-10F84A027F3E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId20">
+        <p:blipFill>
+          <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect b="35957"/>
-          <a:stretch/>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="invGray">
-[...2 lines deleted...]
-            <a:ext cx="588400" cy="246888"/>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2479609" y="2117639"/>
+            <a:ext cx="4184782" cy="855845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...2 lines deleted...]
-          <a:effectLst/>
           <a:extLst>
-            <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
+                  <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
-            <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-[...17 lines deleted...]
-            </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...12 lines deleted...]
-            <a:ext cx="927193" cy="116426"/>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1367638422"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout47.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1">
+  <p:cSld name="Closing – Research">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rectangle 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C66F05B-DFA4-6F48-B676-F50E7C038154}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6149581" y="1645920"/>
+            <a:ext cx="2994421" cy="3497580"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-[...36 lines deleted...]
-            <a:ext cx="4310907" cy="103485"/>
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94494DF8-84C9-4641-9876-C01FAA2F1677}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2" y="0"/>
+            <a:ext cx="6149579" cy="1645920"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-[...35 lines deleted...]
-            <a:ext cx="246061" cy="116425"/>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="13" name="Picture 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB73C1E6-BC68-894B-BFA0-E9C181FA15C5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6149580" y="1"/>
+            <a:ext cx="2994420" cy="2015504"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b" anchorCtr="0"/>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="14" name="Picture 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4AD4098B-43D5-4B4E-A524-530B7E386F9F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1388949"/>
+            <a:ext cx="6149580" cy="3754552"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A1E061F-A72A-5142-8A32-D6BACF33C6DA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2" y="144895"/>
+            <a:ext cx="6149579" cy="1021134"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D02854B-56E4-5DEA-BE42-6D94032AF442}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6149576" y="2006094"/>
+            <a:ext cx="1721883" cy="1618283"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4" descr="Home">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D635F11-E5BA-2D9B-239F-4350230E195E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6197954" y="2649550"/>
+            <a:ext cx="1620284" cy="331370"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout48.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1">
+  <p:cSld name="Closing – Mt. Zion">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rectangle 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C66F05B-DFA4-6F48-B676-F50E7C038154}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6149581" y="1645920"/>
+            <a:ext cx="2994421" cy="3497580"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94494DF8-84C9-4641-9876-C01FAA2F1677}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2" y="0"/>
+            <a:ext cx="6149579" cy="1645920"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="13" name="Picture 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB73C1E6-BC68-894B-BFA0-E9C181FA15C5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6149580" y="9411"/>
+            <a:ext cx="2994420" cy="1996683"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="14" name="Picture 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4AD4098B-43D5-4B4E-A524-530B7E386F9F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1388949"/>
+            <a:ext cx="6149577" cy="3754552"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="15" name="Graphic 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A81F62F8-022A-8040-9203-343FE92FDB09}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect t="35407" b="39964"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-993817" y="0"/>
+            <a:ext cx="7143396" cy="1388949"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{261CA5A2-48B9-8307-9389-7984618F3BE0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6149577" y="2006094"/>
+            <a:ext cx="1879998" cy="1618283"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D668456E-B3B3-08C3-1E4D-89645809CA99}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6300276" y="2653858"/>
+            <a:ext cx="1578600" cy="322753"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2811635036"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout49.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1">
+  <p:cSld name="Closing – Patient Care">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rectangle 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{544FBE2C-79B3-0741-8C4F-E79579E3B5C3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="0" y="1645921"/>
+            <a:ext cx="2994421" cy="3497580"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CBA96EE-AE7F-9D47-80E0-948746F73CBD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2756757" y="0"/>
+            <a:ext cx="6387245" cy="1645920"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Picture 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4508378B-0C89-E14E-8069-2034FF2D0F25}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect b="-1"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2" y="1"/>
+            <a:ext cx="2760609" cy="2015504"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="13" name="Picture 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A98C622B-BC71-0F4D-ACEB-367F089BDF42}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2756754" y="1257301"/>
+            <a:ext cx="6387246" cy="3886199"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A46CC52-4A32-374A-BF1E-0FA06087FD5A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="2454" t="5935" r="2464" b="11182"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2756141" y="30482"/>
+            <a:ext cx="6387861" cy="1226817"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D53D503-4EBE-A9EE-25A0-5EB4E38A3F86}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="971550" y="2015505"/>
+            <a:ext cx="1784590" cy="1618283"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93D6DDB8-46B8-1369-95B3-5B1DCB565024}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1074545" y="2663269"/>
+            <a:ext cx="1578600" cy="322753"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2979287173"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Blank">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Footer Placeholder 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr algn="l">
-[...5 lines deleted...]
-                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Slide Number Placeholder 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1195159258"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout50.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1">
+  <p:cSld name="Closing – Education">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA4FBBD5-5854-194C-9766-1823F3F5452C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="0" y="1645921"/>
+            <a:ext cx="2994421" cy="3497580"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEB282E7-F7BC-5A48-9E5F-4ECBFDF952A0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2756757" y="0"/>
+            <a:ext cx="6387245" cy="1645920"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Picture 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21C94893-0820-A743-86A6-BDEB411A7239}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1"/>
+            <a:ext cx="2756753" cy="2015504"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Picture 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1412EA7E-47D5-4248-9461-6049F4FA2F31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2756754" y="1257301"/>
+            <a:ext cx="6387246" cy="3886199"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Graphic 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21F1DBF9-E6D2-EC49-80D7-6EE1B776A50D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect t="37974" b="37397"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2756140" y="15255"/>
+            <a:ext cx="6387860" cy="1242044"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2E65389-C1BD-FF72-DEC9-9E36D85245D9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="971550" y="2015505"/>
+            <a:ext cx="1784590" cy="1618283"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0BC9B1B-FCF4-F93E-6225-98A222B29FC4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1074545" y="2663269"/>
+            <a:ext cx="1578600" cy="322753"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Chart Slide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Footer Placeholder 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Slide Number Placeholder 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Chart Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="chart" sz="quarter" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="293268" y="337931"/>
+            <a:ext cx="8587407" cy="4065105"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click icon to add chart</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="632906727"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Two Column Slide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Footer Placeholder 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Slide Number Placeholder 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Title 15"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437727" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="0" i="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Slide Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437727" y="695741"/>
+            <a:ext cx="8169964" cy="334897"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr i="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE82E45E-7E3F-B7B9-7AD7-EA5C1B6FC3A5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="21"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437727" y="1401763"/>
+            <a:ext cx="3914775" cy="2932112"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{01089923-341A-E32D-3632-EB11434278A4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="22"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4707495" y="1401763"/>
+            <a:ext cx="3914775" cy="2932112"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2084155973"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Quote Slide – Navy">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Footer Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...10 lines deleted...]
-          <a:prstGeom prst="line">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text Placeholder 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445221" y="1431236"/>
+            <a:ext cx="8229323" cy="2107096"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...3 lines deleted...]
-            </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" baseline="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>This page is an option should you wish to utilize a quote as a stand-alone slide within your presentation. The rest is </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Ut</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>enim</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> ad minim </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>quis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>nostrud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text Placeholder 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="14" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445221" y="3681590"/>
+            <a:ext cx="6513958" cy="284124"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr tIns="0" rIns="0" bIns="0" anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Author’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445221" y="3996194"/>
+            <a:ext cx="6513958" cy="339586"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="2000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Position Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Graphic 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{794A7BB7-02FC-EECD-37AA-789952E4BD9E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445221" y="614723"/>
+            <a:ext cx="474686" cy="439140"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="csX0" fmla="*/ 475655 w 1279921"/>
+              <a:gd name="csY0" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX1" fmla="*/ 475655 w 1279921"/>
+              <a:gd name="csY1" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX2" fmla="*/ 0 w 1279921"/>
+              <a:gd name="csY2" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX3" fmla="*/ 0 w 1279921"/>
+              <a:gd name="csY3" fmla="*/ 776883 h 1184076"/>
+              <a:gd name="csX4" fmla="*/ 79177 w 1279921"/>
+              <a:gd name="csY4" fmla="*/ 298252 h 1184076"/>
+              <a:gd name="csX5" fmla="*/ 407194 w 1279921"/>
+              <a:gd name="csY5" fmla="*/ 0 h 1184076"/>
+              <a:gd name="csX6" fmla="*/ 515541 w 1279921"/>
+              <a:gd name="csY6" fmla="*/ 172641 h 1184076"/>
+              <a:gd name="csX7" fmla="*/ 315516 w 1279921"/>
+              <a:gd name="csY7" fmla="*/ 341709 h 1184076"/>
+              <a:gd name="csX8" fmla="*/ 244078 w 1279921"/>
+              <a:gd name="csY8" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX9" fmla="*/ 476250 w 1279921"/>
+              <a:gd name="csY9" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX10" fmla="*/ 1240631 w 1279921"/>
+              <a:gd name="csY10" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX11" fmla="*/ 1240631 w 1279921"/>
+              <a:gd name="csY11" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX12" fmla="*/ 764381 w 1279921"/>
+              <a:gd name="csY12" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX13" fmla="*/ 764381 w 1279921"/>
+              <a:gd name="csY13" fmla="*/ 776883 h 1184076"/>
+              <a:gd name="csX14" fmla="*/ 843558 w 1279921"/>
+              <a:gd name="csY14" fmla="*/ 298252 h 1184076"/>
+              <a:gd name="csX15" fmla="*/ 1171575 w 1279921"/>
+              <a:gd name="csY15" fmla="*/ 0 h 1184076"/>
+              <a:gd name="csX16" fmla="*/ 1279922 w 1279921"/>
+              <a:gd name="csY16" fmla="*/ 172641 h 1184076"/>
+              <a:gd name="csX17" fmla="*/ 1079897 w 1279921"/>
+              <a:gd name="csY17" fmla="*/ 341709 h 1184076"/>
+              <a:gd name="csX18" fmla="*/ 1008459 w 1279921"/>
+              <a:gd name="csY18" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX19" fmla="*/ 1240631 w 1279921"/>
+              <a:gd name="csY19" fmla="*/ 668536 h 1184076"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="csX0" y="csY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX1" y="csY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX2" y="csY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX3" y="csY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX4" y="csY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX5" y="csY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX6" y="csY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX7" y="csY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX8" y="csY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX9" y="csY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX10" y="csY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX11" y="csY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX12" y="csY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX13" y="csY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX14" y="csY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX15" y="csY15"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX16" y="csY16"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX17" y="csY17"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX18" y="csY18"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX19" y="csY19"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="1279921" h="1184076">
+                <a:moveTo>
+                  <a:pt x="475655" y="668536"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="475655" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="776883"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="556617"/>
+                  <a:pt x="26194" y="397073"/>
+                  <a:pt x="79177" y="298252"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="148233" y="166688"/>
+                  <a:pt x="257770" y="67270"/>
+                  <a:pt x="407194" y="0"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="515541" y="172641"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="425053" y="210741"/>
+                  <a:pt x="358378" y="266700"/>
+                  <a:pt x="315516" y="341709"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="272653" y="416719"/>
+                  <a:pt x="248841" y="525661"/>
+                  <a:pt x="244078" y="668536"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="476250" y="668536"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1240631" y="668536"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1240631" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="764381" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="764381" y="776883"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="764381" y="556617"/>
+                  <a:pt x="790575" y="397073"/>
+                  <a:pt x="843558" y="298252"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="912614" y="166688"/>
+                  <a:pt x="1022152" y="67270"/>
+                  <a:pt x="1171575" y="0"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1279922" y="172641"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1189434" y="210741"/>
+                  <a:pt x="1122759" y="266700"/>
+                  <a:pt x="1079897" y="341709"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1037034" y="416719"/>
+                  <a:pt x="1013222" y="525661"/>
+                  <a:pt x="1008459" y="668536"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1240631" y="668536"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:ln w="5953" cap="flat">
+            <a:noFill/>
             <a:prstDash val="solid"/>
-            <a:miter lim="800000"/>
-[...1 lines deleted...]
-            <a:tailEnd/>
+            <a:miter/>
           </a:ln>
-          <a:extLst>
-[...7 lines deleted...]
-      </p:cxnSp>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="918672340"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1790547175"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
-[...20 lines deleted...]
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...290 lines deleted...]
-</p:sldMaster>
+</p:sldLayout>
 </file>
 
-<file path=ppt/slideMasters/slideMaster3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Quote Slide – Teal">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Footer Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text Placeholder 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445221" y="1431236"/>
+            <a:ext cx="8229323" cy="2107096"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" baseline="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0">
+              <a:buNone/>
+              <a:defRPr>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>This page is an option should you wish to utilize a quote as a stand-alone slide within your presentation. The rest is lorem ipsum. Ut </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>enim</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> ad minim </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>quis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>nostrud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Text Placeholder 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6354FEC9-22DD-20DD-3C4C-860E28AE60EC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="14" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445221" y="3681590"/>
+            <a:ext cx="6513958" cy="284124"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr tIns="0" rIns="0" bIns="0" anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Author’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{344D3816-F8C7-B7C5-8C7D-BD159FFAC7F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445221" y="3996194"/>
+            <a:ext cx="6513958" cy="339586"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="2000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Position Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Graphic 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C082C6B8-CE25-1F65-8C8A-DBD9AB8E4034}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445221" y="614723"/>
+            <a:ext cx="474686" cy="439140"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="csX0" fmla="*/ 475655 w 1279921"/>
+              <a:gd name="csY0" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX1" fmla="*/ 475655 w 1279921"/>
+              <a:gd name="csY1" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX2" fmla="*/ 0 w 1279921"/>
+              <a:gd name="csY2" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX3" fmla="*/ 0 w 1279921"/>
+              <a:gd name="csY3" fmla="*/ 776883 h 1184076"/>
+              <a:gd name="csX4" fmla="*/ 79177 w 1279921"/>
+              <a:gd name="csY4" fmla="*/ 298252 h 1184076"/>
+              <a:gd name="csX5" fmla="*/ 407194 w 1279921"/>
+              <a:gd name="csY5" fmla="*/ 0 h 1184076"/>
+              <a:gd name="csX6" fmla="*/ 515541 w 1279921"/>
+              <a:gd name="csY6" fmla="*/ 172641 h 1184076"/>
+              <a:gd name="csX7" fmla="*/ 315516 w 1279921"/>
+              <a:gd name="csY7" fmla="*/ 341709 h 1184076"/>
+              <a:gd name="csX8" fmla="*/ 244078 w 1279921"/>
+              <a:gd name="csY8" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX9" fmla="*/ 476250 w 1279921"/>
+              <a:gd name="csY9" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX10" fmla="*/ 1240631 w 1279921"/>
+              <a:gd name="csY10" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX11" fmla="*/ 1240631 w 1279921"/>
+              <a:gd name="csY11" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX12" fmla="*/ 764381 w 1279921"/>
+              <a:gd name="csY12" fmla="*/ 1184077 h 1184076"/>
+              <a:gd name="csX13" fmla="*/ 764381 w 1279921"/>
+              <a:gd name="csY13" fmla="*/ 776883 h 1184076"/>
+              <a:gd name="csX14" fmla="*/ 843558 w 1279921"/>
+              <a:gd name="csY14" fmla="*/ 298252 h 1184076"/>
+              <a:gd name="csX15" fmla="*/ 1171575 w 1279921"/>
+              <a:gd name="csY15" fmla="*/ 0 h 1184076"/>
+              <a:gd name="csX16" fmla="*/ 1279922 w 1279921"/>
+              <a:gd name="csY16" fmla="*/ 172641 h 1184076"/>
+              <a:gd name="csX17" fmla="*/ 1079897 w 1279921"/>
+              <a:gd name="csY17" fmla="*/ 341709 h 1184076"/>
+              <a:gd name="csX18" fmla="*/ 1008459 w 1279921"/>
+              <a:gd name="csY18" fmla="*/ 668536 h 1184076"/>
+              <a:gd name="csX19" fmla="*/ 1240631 w 1279921"/>
+              <a:gd name="csY19" fmla="*/ 668536 h 1184076"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="csX0" y="csY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX1" y="csY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX2" y="csY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX3" y="csY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX4" y="csY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX5" y="csY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX6" y="csY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX7" y="csY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX8" y="csY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX9" y="csY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX10" y="csY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX11" y="csY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX12" y="csY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX13" y="csY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX14" y="csY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX15" y="csY15"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX16" y="csY16"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX17" y="csY17"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX18" y="csY18"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="csX19" y="csY19"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="1279921" h="1184076">
+                <a:moveTo>
+                  <a:pt x="475655" y="668536"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="475655" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="776883"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="556617"/>
+                  <a:pt x="26194" y="397073"/>
+                  <a:pt x="79177" y="298252"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="148233" y="166688"/>
+                  <a:pt x="257770" y="67270"/>
+                  <a:pt x="407194" y="0"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="515541" y="172641"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="425053" y="210741"/>
+                  <a:pt x="358378" y="266700"/>
+                  <a:pt x="315516" y="341709"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="272653" y="416719"/>
+                  <a:pt x="248841" y="525661"/>
+                  <a:pt x="244078" y="668536"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="476250" y="668536"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1240631" y="668536"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1240631" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="764381" y="1184077"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="764381" y="776883"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="764381" y="556617"/>
+                  <a:pt x="790575" y="397073"/>
+                  <a:pt x="843558" y="298252"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="912614" y="166688"/>
+                  <a:pt x="1022152" y="67270"/>
+                  <a:pt x="1171575" y="0"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1279922" y="172641"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1189434" y="210741"/>
+                  <a:pt x="1122759" y="266700"/>
+                  <a:pt x="1079897" y="341709"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1037034" y="416719"/>
+                  <a:pt x="1013222" y="525661"/>
+                  <a:pt x="1008459" y="668536"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1240631" y="668536"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="5953" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2073384317"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout37.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout45.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout40.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout36.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout44.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout35.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout39.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout48.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout43.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout34.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout42.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout47.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout38.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout50.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout33.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout41.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout46.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout49.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Rectangle 4"/>
-[...6 lines deleted...]
-            <a:ext cx="9144000" cy="455940"/>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="439420" y="1138691"/>
+            <a:ext cx="8137665" cy="3194772"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...2 lines deleted...]
-          <a:ln w="19050" algn="ctr">
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="439420" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Slide Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Footer Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="573552" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="700" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Slide Number Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="297507" y="4852597"/>
+            <a:ext cx="246061" cy="103957"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="700" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="9" name="Straight Connector 8"/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="287982" y="4695546"/>
+            <a:ext cx="8585191" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="3175" cap="flat">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:srgbClr val="052049"/>
             </a:solidFill>
+            <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
-        </p:spPr>
-[...112 lines deleted...]
-      </p:sp>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:noFill/>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Picture 41"/>
+          <p:cNvPr id="5" name="Picture 4" descr="Home">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A8EAD95-B8F1-CE72-1D0D-31032FB5B056}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId20">
+        <p:blipFill>
+          <a:blip r:embed="rId21">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect b="35957"/>
-          <a:stretch/>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="invGray">
-[...2 lines deleted...]
-            <a:ext cx="588400" cy="246888"/>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="7294574" y="4733855"/>
+            <a:ext cx="1578599" cy="322846"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...2 lines deleted...]
-          <a:effectLst/>
           <a:extLst>
-            <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
+                  <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
-            <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-[...17 lines deleted...]
-            </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...123 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="987434878"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1203051825"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147484037" r:id="rId1"/>
-[...16 lines deleted...]
-    <p:sldLayoutId id="2147484048" r:id="rId18"/>
+    <p:sldLayoutId id="2147483979" r:id="rId1"/>
+    <p:sldLayoutId id="2147483980" r:id="rId2"/>
+    <p:sldLayoutId id="2147483981" r:id="rId3"/>
+    <p:sldLayoutId id="2147483984" r:id="rId4"/>
+    <p:sldLayoutId id="2147483982" r:id="rId5"/>
+    <p:sldLayoutId id="2147483986" r:id="rId6"/>
+    <p:sldLayoutId id="2147483987" r:id="rId7"/>
+    <p:sldLayoutId id="2147483988" r:id="rId8"/>
+    <p:sldLayoutId id="2147483989" r:id="rId9"/>
+    <p:sldLayoutId id="2147483990" r:id="rId10"/>
+    <p:sldLayoutId id="2147483991" r:id="rId11"/>
+    <p:sldLayoutId id="2147483992" r:id="rId12"/>
+    <p:sldLayoutId id="2147483993" r:id="rId13"/>
+    <p:sldLayoutId id="2147484016" r:id="rId14"/>
+    <p:sldLayoutId id="2147483994" r:id="rId15"/>
+    <p:sldLayoutId id="2147483995" r:id="rId16"/>
+    <p:sldLayoutId id="2147484017" r:id="rId17"/>
+    <p:sldLayoutId id="2147484018" r:id="rId18"/>
+    <p:sldLayoutId id="2147484019" r:id="rId19"/>
   </p:sldLayoutIdLst>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
   <p:hf hdr="0"/>
   <p:txStyles>
     <p:titleStyle>
-      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="85000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
-        <a:defRPr lang="en-US" sz="2800" b="0" kern="1200" cap="none" spc="0" baseline="0" dirty="0" smtClean="0">
+        <a:defRPr lang="en-US" sz="3600" b="0" i="0" kern="1200" cap="none" spc="0" baseline="0" dirty="0" smtClean="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mj-lt"/>
+          <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="600"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings" charset="2"/>
+        <a:buNone/>
+        <a:tabLst/>
+        <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200" dirty="0" smtClean="0">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
-          <a:ea typeface="+mj-ea"/>
-          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="226800" indent="-227007" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="400"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+        <a:buChar char="§"/>
+        <a:tabLst/>
+        <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="514800" indent="-226800" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="400"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buSzPct val="100000"/>
+        <a:buFont typeface="System Font Regular"/>
+        <a:buChar char="-"/>
+        <a:tabLst/>
+        <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="802800" indent="-226800" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="400"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+        <a:buChar char="§"/>
+        <a:tabLst/>
+        <a:defRPr lang="en-US" sz="1600" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1080000" indent="-227007" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="400"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="tx1"/>
+        </a:buClr>
+        <a:buSzPct val="100000"/>
+        <a:buFont typeface="System Font Regular"/>
+        <a:buChar char="-"/>
+        <a:defRPr lang="en-US" sz="1600" b="0" i="0" kern="1200" dirty="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buNone/>
+        <a:defRPr sz="2200" b="0" i="0" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPts val="200"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buNone/>
+        <a:defRPr sz="2000" b="0" i="0" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPts val="400"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buNone/>
+        <a:defRPr sz="2400" b="0" i="0" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPts val="400"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buNone/>
+        <a:defRPr sz="2800" b="0" i="0" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="en-US"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457189" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914378" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371566" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828754" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2285943" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743132" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200320" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657509" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+  <p:extLst>
+    <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="4" pos="5579" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="6" pos="272" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="7" pos="181" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="8" orient="horz" pos="3117" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="9" orient="horz" pos="2958" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldMaster>
+</file>
+
+<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Footer Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="561600" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="700" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Slide Number Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="285555" y="4840129"/>
+            <a:ext cx="246061" cy="116425"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="700" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="36" name="Straight Connector 35"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="365125" y="4687560"/>
+            <a:ext cx="8413750" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="3175" cap="flat">
+            <a:solidFill>
+              <a:srgbClr val="052049"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:noFill/>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="9" name="Straight Connector 8"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="277813" y="4687560"/>
+            <a:ext cx="8595360" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="3175" cap="flat">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:noFill/>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBCB09A1-E59A-678F-CF6F-C8E0ECE47CFB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="439420" y="1138691"/>
+            <a:ext cx="8137665" cy="3194772"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="6"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Sixth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="7"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Seventh level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="8"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Eight level</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2385109A-C2D7-8303-BE8E-2B7292BC3343}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="439420" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Slide Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4" descr="Home">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26D70CB4-E509-F996-0B6C-CF0CF58D2C89}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId33">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="7294574" y="4733855"/>
+            <a:ext cx="1578599" cy="322846"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1239549721"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483955" r:id="rId1"/>
+    <p:sldLayoutId id="2147483972" r:id="rId2"/>
+    <p:sldLayoutId id="2147483975" r:id="rId3"/>
+    <p:sldLayoutId id="2147483976" r:id="rId4"/>
+    <p:sldLayoutId id="2147484011" r:id="rId5"/>
+    <p:sldLayoutId id="2147484012" r:id="rId6"/>
+    <p:sldLayoutId id="2147484013" r:id="rId7"/>
+    <p:sldLayoutId id="2147484001" r:id="rId8"/>
+    <p:sldLayoutId id="2147484007" r:id="rId9"/>
+    <p:sldLayoutId id="2147484009" r:id="rId10"/>
+    <p:sldLayoutId id="2147484008" r:id="rId11"/>
+    <p:sldLayoutId id="2147483944" r:id="rId12"/>
+    <p:sldLayoutId id="2147483951" r:id="rId13"/>
+    <p:sldLayoutId id="2147483953" r:id="rId14"/>
+    <p:sldLayoutId id="2147484000" r:id="rId15"/>
+    <p:sldLayoutId id="2147483950" r:id="rId16"/>
+    <p:sldLayoutId id="2147483960" r:id="rId17"/>
+    <p:sldLayoutId id="2147483961" r:id="rId18"/>
+    <p:sldLayoutId id="2147483966" r:id="rId19"/>
+    <p:sldLayoutId id="2147483967" r:id="rId20"/>
+    <p:sldLayoutId id="2147483968" r:id="rId21"/>
+    <p:sldLayoutId id="2147483969" r:id="rId22"/>
+    <p:sldLayoutId id="2147483970" r:id="rId23"/>
+    <p:sldLayoutId id="2147483971" r:id="rId24"/>
+    <p:sldLayoutId id="2147484015" r:id="rId25"/>
+    <p:sldLayoutId id="2147483954" r:id="rId26"/>
+    <p:sldLayoutId id="2147483959" r:id="rId27"/>
+    <p:sldLayoutId id="2147484002" r:id="rId28"/>
+    <p:sldLayoutId id="2147484014" r:id="rId29"/>
+    <p:sldLayoutId id="2147484010" r:id="rId30"/>
+    <p:sldLayoutId id="2147484003" r:id="rId31"/>
+  </p:sldLayoutIdLst>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+  <p:hf hdr="0"/>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="85000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr lang="en-US" sz="3600" b="0" i="0" kern="1200" cap="none" spc="0" baseline="0" dirty="0" smtClean="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mj-lt"/>
+          <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
-      <a:lvl1pPr marL="168275" indent="-168275" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="1000"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="600"/>
+        </a:spcAft>
         <a:buClr>
           <a:schemeClr val="accent1"/>
         </a:buClr>
-        <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-[...1 lines deleted...]
-        <a:defRPr lang="en-US" sz="1800" b="0" kern="1200" dirty="0" smtClean="0">
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings" charset="2"/>
+        <a:buNone/>
+        <a:tabLst/>
+        <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200" dirty="0" smtClean="0">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:latin typeface="+mj-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="457200" indent="-227013" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl2pPr marL="226800" indent="-227007" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="1000"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="400"/>
+        </a:spcAft>
         <a:buClr>
           <a:schemeClr val="accent1"/>
         </a:buClr>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr lang="en-US" sz="1800" b="0" kern="1200" dirty="0" smtClean="0">
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+        <a:buChar char="§"/>
+        <a:tabLst/>
+        <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200" dirty="0" smtClean="0">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:latin typeface="+mj-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="742950" indent="-227013" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl3pPr marL="514800" indent="-226800" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="1000"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="400"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="tx1"/>
+        </a:buClr>
+        <a:buSzPct val="100000"/>
+        <a:buFont typeface="System Font Regular"/>
+        <a:buChar char="-"/>
+        <a:tabLst/>
+        <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="802800" indent="-226800" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="400"/>
+        </a:spcAft>
         <a:buClr>
           <a:schemeClr val="accent1"/>
         </a:buClr>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr lang="en-US" sz="1800" b="0" kern="1200" dirty="0" smtClean="0">
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+        <a:buChar char="§"/>
+        <a:tabLst/>
+        <a:defRPr lang="en-US" sz="1600" b="0" i="0" kern="1200" dirty="0" smtClean="0">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:latin typeface="+mj-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mn-cs"/>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         </a:defRPr>
-      </a:lvl3pPr>
-      <a:lvl4pPr marL="1028700" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1080000" indent="-227007" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="1000"/>
+          <a:spcPts val="0"/>
         </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="400"/>
+        </a:spcAft>
         <a:buClr>
-          <a:schemeClr val="accent1"/>
+          <a:schemeClr val="tx1"/>
         </a:buClr>
-        <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
-[...1 lines deleted...]
-        <a:defRPr lang="en-US" sz="1800" b="0" kern="1200" dirty="0" smtClean="0">
+        <a:buSzPct val="100000"/>
+        <a:buFont typeface="System Font Regular"/>
+        <a:buChar char="-"/>
+        <a:defRPr lang="en-US" sz="1600" b="0" kern="1200" dirty="0">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:latin typeface="+mj-lt"/>
-[...20 lines deleted...]
-          <a:latin typeface="+mj-lt"/>
+          <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl6pPr marL="2514537" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
         <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
         <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl7pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="200"/>
         </a:spcBef>
         <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
-        <a:buChar char="•"/>
+        <a:buNone/>
         <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl8pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="400"/>
         </a:spcBef>
         <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
-        <a:buChar char="•"/>
-        <a:defRPr sz="2000" kern="1200">
+        <a:buNone/>
+        <a:defRPr sz="2400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl9pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="400"/>
         </a:spcBef>
         <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
-        <a:buChar char="•"/>
-        <a:defRPr sz="2000" kern="1200">
+        <a:buNone/>
+        <a:defRPr sz="2800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr>
         <a:defRPr lang="en-US"/>
       </a:defPPr>
-      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl2pPr marL="457189" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl3pPr marL="914378" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl4pPr marL="1371566" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl5pPr marL="1828754" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl6pPr marL="2285943" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl7pPr marL="2743132" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl8pPr marL="3200320" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl9pPr marL="3657509" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout33.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it.ucsf.edu/how-to/accessible-color-best-practices" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/add-alternative-text-to-a-shape-picture-chart-smartart-graphic-or-other-object-44989b2a-903c-4d9a-b742-6a75b451c669?ui=en-us&amp;rs=en-us&amp;ad=us" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout34.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout35.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout37.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout38.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout39.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout40.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout41.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout42.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout43.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...23 lines deleted...]
-<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://identity.ucsf.edu/powerpoint" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
+<file path=ppt/slides/_rels/slide45.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide46.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide47.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout45.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide48.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout47.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide49.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout48.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide50.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout49.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+</file>
+
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A07F330-AA48-4BCF-BC51-758C8460E26C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
-[...13 lines deleted...]
-            <p:ph type="body" idx="1"/>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>UCSF</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>PowerPoint</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> Template</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69487B32-ACAA-7441-44B9-8BDFF0EDFA50}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
-[...13 lines deleted...]
-            <p:ph type="dt" sz="half" idx="2"/>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>See following slides for tips on how to use</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59485328-78B6-8599-D1D2-5697B6B2896D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{C3DF65B9-7679-47DF-9B10-A1B2EFDE3EB4}" type="datetime1">
-[...34 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>March 2026</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1633790599"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F9A542B-2DCF-41CA-8304-B198B54B6785}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
-[...16 lines deleted...]
-        <p:spPr/>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Use the Accessibility Checker</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4142C2B1-2853-4BF3-8FD4-B6A9B72F4A1A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457202" y="695741"/>
+            <a:ext cx="8169964" cy="357809"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>First bullet point</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Delete this slide before presenting</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Content Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BBBD381-273F-47D3-8AD3-D417CA5BA947}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="1401763"/>
+            <a:ext cx="8169964" cy="2932112"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The accessibility checker is a built-in tool in PPT that scans your presentation for any accessibility errors and suggests solutions for fixing.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>How to run the accessibility checker</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
-[...75 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Clinical &amp; Translational Science Institute</a:t>
-[...15 lines deleted...]
-        <p:spPr/>
+              <a:t>Select </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Review tab &gt; Select Check Accessibility</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The accessibility pane opens to the right of the screen, </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>In the Accessibility pane, review and address the errors, warnings, and tips as instructed. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B8FB9CF-83F1-43EA-B766-7203640BCE5E}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="285555" y="4840129"/>
+            <a:ext cx="246061" cy="116425"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{915931F8-0D4F-4067-8199-A4C0791869A8}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="561600" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>How To Use This Template</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="756351072"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3655090787"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C70784FD-179A-4F5F-BBA9-6CD769C10BAA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
-[...16 lines deleted...]
-        <p:spPr/>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Add alt-text to images, tables, and graphs</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E818DC36-AA3D-4BFA-AADD-264DBDFE6EBB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457202" y="695741"/>
+            <a:ext cx="8169964" cy="357809"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>First bullet point</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Delete this slide before presenting</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Content Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{447BF506-753D-48E6-B1E8-0C918B0EB3B0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="1401763"/>
+            <a:ext cx="8169964" cy="2932112"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Alt text (alternative text) is a short description that describes the appearance or function of an image on a webpage. Alt text is read aloud by screen readers used by visually impaired users, is descriptive text that conveys the meaning and context of an image, which improves the user experience for people who use screen readers. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>How to add alt-text:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
-[...93 lines deleted...]
-        <p:spPr/>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Right click image in your PPT</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Select the “</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t>Edit Alt-text</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>” in drop-down menu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Provide a brief description of the image (1-2 sentences)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>If image is decorative (stylized border or logo), mark as “decorative”</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Resources: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>UCSF Accessible Color Best Practices</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>       </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>How to Add Alt-text in PowerPoint</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B76ABACA-1D32-4D5A-B3D8-DB2BD1983344}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="285555" y="4840129"/>
+            <a:ext cx="246061" cy="116425"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2DA1CAE-FFD3-46FA-9C8A-5CCA500BE2D5}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="561600" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>How To Use This Template</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2724306729"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1023209726"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-[...7 lines deleted...]
-        <p:spPr/>
+          <p:cNvPr id="4" name="Footer Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81738DB7-ACA5-E242-B895-5D3DEFE69010}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="573552" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
-[...16 lines deleted...]
-        <p:spPr/>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>How To Use This Template</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC1E07E3-81DE-3746-A4F4-E99A6F108D23}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="297507" y="4852597"/>
+            <a:ext cx="246061" cy="103957"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>Subtitle Garamond Italic – 30pt font</a:t>
-[...2 lines deleted...]
-          <a:p>
+              <a:pPr/>
+              <a:t>12</a:t>
+            </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Date Placeholder 3"/>
-[...7 lines deleted...]
-        <p:spPr/>
+          <p:cNvPr id="11" name="Title 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57ADBD42-AD5A-8245-8245-91AD3260B513}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437727" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7CA65D26-67D5-4CD2-90EC-E629659F24B3}" type="datetime1">
-[...18 lines deleted...]
-        <p:spPr/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Saving Your Presentation</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text Placeholder 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D49B397-E844-FC40-857E-B78C2E7AA425}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437727" y="695741"/>
+            <a:ext cx="8169964" cy="334897"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
-[...11 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optimal File Saving</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Content Placeholder 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4ABBDBD4-478C-6B4F-BD93-0B6D39665C25}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="21"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437727" y="1401763"/>
+            <a:ext cx="3914775" cy="2932112"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Before Saving: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Make sure footers are updated with presentation title</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Select </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t>Insert &gt; Select Header &amp; Footer &gt; Update Footer </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>section with your presentation title </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t>&gt; Select Apply to All</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>DO NOT </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent6"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Do not save using “Print to PDF” </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent6"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>This will not save the accessibility tags that make it possible for screen readers to navigate a document</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Content Placeholder 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{033210DE-B92B-6D4E-AE04-163F126FCE7A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="22"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4706938" y="1401763"/>
+            <a:ext cx="3914775" cy="2932112"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>File size: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>If you add images, compress the images to reduce file size</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Select</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t> File &gt; Select Compress Pictures &gt; Set </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>picture quality to On-Screen 150 dpi</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Delete unused master slides to keep final deck size as small as possible</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5795088C-DBD8-7464-286F-233AEC35391B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5233670" y="1"/>
+            <a:ext cx="3910330" cy="381000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFF00"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface=".AppleSystemUIFont" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="2000" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface=".AppleSystemUIFont" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="18A3AC"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="2000" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514537" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971726" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3428915" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886103" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Delete this slide before presenting</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2656376909"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="236352811"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44EDC777-3DDD-6F6B-7F91-4C6E5AB94BD9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="460085" y="1767614"/>
-            <a:ext cx="6032790" cy="530915"/>
+            <a:off x="696349" y="1256067"/>
+            <a:ext cx="4804920" cy="1311963"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...16 lines deleted...]
-        <p:spPr/>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title Here Navy Cover 2</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8065B311-0B7E-67AD-B6DD-58062C70A814}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696348" y="2654171"/>
+            <a:ext cx="4804920" cy="508220"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...16 lines deleted...]
-        <p:spPr/>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2705421-053B-2815-31BB-BE90CBC1C25D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696348" y="3420605"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{7CA65D26-67D5-4CD2-90EC-E629659F24B3}" type="datetime1">
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Date Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{728AC534-D1C8-3F0B-D1D5-4C12FC4E766F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696348" y="3934767"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{199763C0-80D9-8D42-B900-9C5810713DB1}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/18/15</a:t>
+              <a:t>3/13/2026</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...28 lines deleted...]
-            </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1106653041"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3355928084"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1471117F-EA4B-F5DD-511B-A9E3D5D7260B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696349" y="1256067"/>
+            <a:ext cx="4804920" cy="1311963"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title Here Teal Cover 2</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E9C2689E-79D5-EC4C-361A-C61517756D61}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696348" y="2654171"/>
+            <a:ext cx="4804920" cy="508220"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0A545C0-51C5-32E5-377B-161041542084}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696348" y="3420605"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Date Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F46C219B-2EAC-443C-7B9A-1441F67D4E61}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696348" y="3934767"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5E758B97-1F12-914B-8A88-08F79B27CB21}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3866142200"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1183990021"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC0B1F69-6F69-0805-EFF2-4BD41DF4BFEB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="693655" y="1256067"/>
+            <a:ext cx="4807613" cy="1311963"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title Here Blue Cover 2</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F193374A-39BA-4C89-DCA8-DAB30B09BD81}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="693655" y="2654171"/>
+            <a:ext cx="4807613" cy="508220"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E6A0697-A48A-945B-489D-69E856BC678C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="693655" y="3420605"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Date Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1742A030-E641-A1B0-1F78-CE8C8A8C5EAE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="693655" y="3934767"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{E601DCD7-F394-9C47-9AE3-85303D673D5E}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1943307918"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2113143950"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Text Placeholder 1"/>
-[...7 lines deleted...]
-        <p:spPr/>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A46750AF-94A2-E10C-F454-6292B6A3805D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696867" y="1248693"/>
+            <a:ext cx="4804401" cy="1311963"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title Here White Cover 2</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9E58AEA-B27C-B2B0-2821-14BA24FE767C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="700484" y="2646797"/>
+            <a:ext cx="4800784" cy="508220"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52CBA698-916E-D871-D106-83A1507E2824}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="711588" y="3420605"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Date Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17F02CC2-7F16-16DE-9DAD-4412CBF3A3CE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="713193" y="3934767"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4798F0E-CEC8-8A4D-A129-15694C617DB3}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>Through its singular focus on health, </a:t>
-[...7 lines deleted...]
-            </a:r>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3846423396"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="583340030"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Text Placeholder 1"/>
-[...7 lines deleted...]
-        <p:spPr/>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0E3E31C-3562-1655-AC0A-CCE4E4DAB911}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696867" y="1256067"/>
+            <a:ext cx="4804401" cy="1311963"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...15 lines deleted...]
-            </a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title Here Navy Cover 3</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD97BEDB-A658-1C0B-3A5F-53A32A67F380}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="700484" y="2654171"/>
+            <a:ext cx="4800784" cy="508220"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03D7B7BB-93B9-64C1-1388-889A207FA810}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="711588" y="3420605"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Date Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CDCD54DD-3C50-2A7B-7850-82E02489862B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="713193" y="3934767"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{295CD000-1EC0-AA42-B1CD-FDFAC651DA81}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="304455383"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2215807806"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{493D16ED-418B-040E-D798-93DC069DC20D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696867" y="1248693"/>
+            <a:ext cx="4804401" cy="1311963"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title Here Violet Cover 2</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EECC5B23-9848-4A3C-365A-BAE9E18DDC51}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="700484" y="2646797"/>
+            <a:ext cx="4800784" cy="508220"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4FBB588-8222-FEEB-9371-44B22407B434}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="711588" y="3420605"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Date Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7756ADBC-E4D4-0AB3-BFE2-4B0B8BCE44FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="713193" y="3934767"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B82CAA2A-5698-F649-A896-1B0C52B65B4D}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1787746179"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1763708534"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7C119B9-B7FD-7DDC-7F26-9067640707B7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="696867" y="1248693"/>
+            <a:ext cx="4804401" cy="1311963"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title Here Magenta Cover 2</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Date Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE159860-E0AB-93AA-E275-B02AEE196C2F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="713193" y="3934767"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{325E0E3E-37E7-624B-BD5B-F3FD27B58250}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62AC184A-0022-0D48-5F08-8266CCC12CA5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="711588" y="3420605"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09C594DA-8A66-CB15-8982-54D181A40812}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="700484" y="2646797"/>
+            <a:ext cx="4800784" cy="508220"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2624475844"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-[...4 lines deleted...]
-            <p:ph type="title"/>
+          <p:cNvPr id="5" name="Text Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="444500" y="1431925"/>
+            <a:ext cx="8229600" cy="2106613"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+            <a:prstDash/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Welcome to your template! </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>To explore slide and style options, head to the ‘New Slide’ button on your toolbar and select the arrow next to it. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>You will find </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>two design themes</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: classic &amp; contemporary.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63554511-3E40-CB39-948D-711F25102A25}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Text Placeholder 2"/>
-[...4 lines deleted...]
-            <p:ph type="body" idx="1"/>
+          <p:cNvPr id="11" name="Text Placeholder 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68CE4552-7A52-4C82-C43F-BA307A865D0A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Slide Number Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BCBC52DC-927D-FA49-9479-27FC47E7B0C3}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="297507" y="4852597"/>
+            <a:ext cx="246061" cy="103957"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>Subtitle Garamond Italic – 30pt font</a:t>
-            </a:r>
+              <a:pPr/>
+              <a:t>2</a:t>
+            </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15" name="Date Placeholder 14"/>
-[...7 lines deleted...]
-        <p:spPr/>
+          <p:cNvPr id="7" name="Footer Placeholder 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EEB63491-9614-2B4E-BFF9-85A5622AF6D8}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="573552" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{64197167-D1D7-48FB-A8DA-86E52FECF4DD}" type="datetime1">
-[...34 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>How To Use This Template</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48B1CD92-7D9D-1059-1D08-DB1E617514E5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5233670" y="1"/>
+            <a:ext cx="3910330" cy="381000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFF00"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface=".AppleSystemUIFont" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="2000" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface=".AppleSystemUIFont" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="18A3AC"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="2000" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514537" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971726" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3428915" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886103" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Delete this slide before presenting</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2355816049"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2079443621"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FBB4FB0F-07E1-E5C3-0C74-28267D075C41}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="337463" y="1646422"/>
+            <a:ext cx="6437410" cy="1311963"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title Here </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Navy Cover 4</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2501A9A2-EFA4-36BC-316D-15962A15B9F5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="341081" y="3044526"/>
+            <a:ext cx="6432731" cy="508220"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBF8156F-0684-B92C-60B4-DA716921E3D7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="317595" y="4120016"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Date Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F94E32E6-B3C0-1B35-2353-7A96FFA8404E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="319200" y="4634178"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{E76EBEE4-9892-574D-BF3F-34A92DB1BEAF}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3263751375"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B933113C-DD59-4C48-5AA1-F8A12723C9D8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="337463" y="1649297"/>
+            <a:ext cx="6437410" cy="1311963"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title Here </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Blue Cover 3</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E12D3D6-7F15-C2E4-2242-9A5461BB7B18}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="341081" y="3047401"/>
+            <a:ext cx="6432731" cy="508220"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C6AA6BEC-C10E-E34E-2A04-A36613475BF5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="317595" y="4120016"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Date Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F8B8861-2CCB-992C-278D-19F3520829AE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="319200" y="4634178"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{98E9279F-0732-2D41-9F31-EB38C1C6965B}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1645288303"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29A2B548-C433-A6FC-F64E-4C0D13C5C698}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="337463" y="1647442"/>
+            <a:ext cx="6437410" cy="1311963"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title Here </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Teal Cover 3</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58419F13-867F-54EB-79B0-FC8CBF674187}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="341081" y="3045546"/>
+            <a:ext cx="6432731" cy="508220"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C95AF70-D14F-FB40-40F5-B5FEB1A7CF2E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="317595" y="4120016"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Date Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FBAFACD-273C-D32C-F55C-EF2AC3289F0E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="319200" y="4634178"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{574AEBC4-F1C6-964F-B3AF-AF09E45DE715}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2943831446"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80D50D42-DFCB-C62F-1851-D7D2B0647CAC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="337463" y="1642974"/>
+            <a:ext cx="6437410" cy="1311963"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title Here </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>White Cover 3</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC206986-818A-6DF5-5E72-9E70F08EAC42}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="341081" y="3041078"/>
+            <a:ext cx="6432731" cy="508220"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC7CDD79-A85E-660F-8720-4E4719FF1E42}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="317595" y="4120016"/>
+            <a:ext cx="4191461" cy="426719"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Date Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{062F7B38-A0C6-4561-4652-C345659B77A5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="319200" y="4634178"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{44BC1395-2AD9-8C4D-9E13-CE99F3E7EA24}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2553008522"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A18A889-68C2-5AAC-4157-DAF3DEB11A11}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr tIns="0" bIns="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Slide Title Here – Bullet Slide Navy</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C977763-3845-6DA6-CF1F-4A9036E43252}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457202" y="695741"/>
+            <a:ext cx="8169964" cy="357809"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Content Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{868EB391-43B0-B52C-7954-DF6D98144A21}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="1401763"/>
+            <a:ext cx="8169964" cy="2932112"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to add text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94BBA378-D4EB-B593-653C-82D69A4F2E9D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="285555" y="4840129"/>
+            <a:ext cx="246061" cy="116425"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>24</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55C0358E-7D33-3502-5CE4-F926BD9A7B0D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="561600" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="664123964"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{35185538-CE58-9E3A-45ED-9B21752C3AF7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr bIns="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Slide Title Here – Two Column Slide</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE0248A1-6A79-D976-038E-559A5F7C1CF9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457202" y="695741"/>
+            <a:ext cx="8169964" cy="334897"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Content Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9FD4BBC4-0E7E-F9DC-8402-C9F57257D68E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="20"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="449886" y="1420813"/>
+            <a:ext cx="3826840" cy="2852737"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to add text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Content Placeholder 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{332C39B3-091F-B51E-746F-45E600367371}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="21"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4778375" y="1420812"/>
+            <a:ext cx="3838575" cy="2852737"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to add text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3119FBF-86B6-FF3F-DECA-8497B1FBC0F0}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="285555" y="4840129"/>
+            <a:ext cx="246061" cy="116425"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>25</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78F164D3-E769-8DD1-8B9A-EF38849F1E3C}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="561600" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1112443564"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E76E839E-4435-1EA8-8C9A-2C1A4D13BFBE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Slide Title Here – Bullet Slide White</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{048165DD-A256-AE52-256C-5E59A6B95881}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457202" y="695741"/>
+            <a:ext cx="8169964" cy="334897"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Content Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A9C9F14-30AD-A07B-31AE-9DD2934E4131}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="1408113"/>
+            <a:ext cx="8169964" cy="2967037"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to add text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B260616-B927-DDB5-16C8-EBCC50AE3183}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="285555" y="4840129"/>
+            <a:ext cx="246061" cy="116425"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9F5B50E-971A-C309-136F-2043030866C5}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="561600" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3667855225"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{520478C1-9CBF-564F-CA24-A83586AF0A48}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Slide Title Here – Two Column White</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30E3D9B4-27ED-DBE0-48B7-AF75B98C0D06}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457202" y="695741"/>
+            <a:ext cx="8169964" cy="334897"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Content Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54369D8A-1C2C-2D96-8A50-F44EE7F21414}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="20"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="454025" y="1420813"/>
+            <a:ext cx="3829050" cy="2853014"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to add text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Content Placeholder 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51D3EF1E-A643-0582-DD7F-6B2595D691CA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="21"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4791075" y="1420813"/>
+            <a:ext cx="3832225" cy="2853014"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to add text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C27AEB64-CC9B-F8E0-C420-812F5809A033}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="285555" y="4840129"/>
+            <a:ext cx="246061" cy="116425"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>27</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CA265D4-EB6B-B10E-3ED4-A139E9932E9B}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="561600" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3389435772"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="55" name="Title 54">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EB6406E-30EC-552C-784F-52D191F72F5F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="-458788"/>
+            <a:ext cx="8174038" cy="458788"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Quote Slide – Contemporary Blue</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{148A4B4B-A922-42B7-738D-8745ED569C6C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437601" y="1431236"/>
+            <a:ext cx="8229323" cy="2107096"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Welcome to your template! </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>To explore slide and style options, head to the ‘New Slide’ button on your toolbar and select the arrow next to it. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A99B469-25C4-30BD-8CB5-1B5140241CCE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="447674" y="3696830"/>
+            <a:ext cx="6513958" cy="312475"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Author’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B33F5E1-D53C-2A45-A9FF-92AB6A9F1EFB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="447674" y="4009305"/>
+            <a:ext cx="6513958" cy="591048"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Position Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{002AB6D9-7C00-1254-6356-14DCFDCFE120}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="285555" y="4840129"/>
+            <a:ext cx="246061" cy="116425"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>28</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F717CBC-F628-EC2A-453D-2BAA777F7703}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="561600" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3395301183"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Title 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6C0A378-999A-E4EC-6144-DDA21EFF15AD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="-458788"/>
+            <a:ext cx="8174038" cy="458788"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Quote Slide Contemporary - Teal</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5338C78E-A1F1-6211-BA32-ED837D3B9BD5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437601" y="1431236"/>
+            <a:ext cx="8229323" cy="2107096"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Welcome to your template! </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>To explore slide and style options, head to the ‘New Slide’ button on your toolbar and select the arrow next to it. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36D65CA3-D477-1C48-D1C4-5AE60CB6239F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="447675" y="3697288"/>
+            <a:ext cx="6513513" cy="312737"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Author’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5F923EB-F158-B3B3-83A1-BC7EDCEBBE10}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="447674" y="4009305"/>
+            <a:ext cx="6513958" cy="598137"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Position Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{648F4206-5EE6-D25E-B3C1-C3E04149FA7D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="285555" y="4840129"/>
+            <a:ext cx="246061" cy="116425"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>29</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0141931B-4E4B-F74F-2CCD-0000D0041D3D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="561600" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3131132075"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="4" name="Title 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
-[...13 lines deleted...]
-            <p:ph type="body" idx="1"/>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Design Themes</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>Subtitle Garamond Italic – 30pt font</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>What’s the difference? </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Choose the design theme that best suits your presentation needs.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Date Placeholder 4"/>
-[...4 lines deleted...]
-            <p:ph type="dt" sz="half" idx="2"/>
+          <p:cNvPr id="6" name="Content Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="20"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{CC421087-DDC5-45BA-83BF-D31161591DD0}" type="datetime1">
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Classic</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>A more traditional design</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Great for: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Internal meetings</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Printing: the mainly white design will use minimal ink and guarantee easy legibility</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>More traditional, academic or corporate audiences</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Content Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="21"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Contemporary</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>A more modern and </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>colorful design</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Great for: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Larger presentations and conferences</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Digital viewing, like webinars</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Slide Number Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9EE74749-C414-8C44-80BF-E240E4AAAEBC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/18/15</a:t>
+              <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Text Placeholder 8"/>
-[...4 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="10"/>
+          <p:cNvPr id="8" name="Footer Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C9F0F64-E272-F14E-87E7-B7F807F8D3C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
-[...12 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>How To Use This Template</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51570950-B6CB-D74F-F43E-FC781767D1A1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5233670" y="1"/>
+            <a:ext cx="3910330" cy="381000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFF00"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface=".AppleSystemUIFont" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="2000" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface=".AppleSystemUIFont" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="18A3AC"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="2000" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514537" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971726" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3428915" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886103" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Delete this slide before presenting</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1227392880"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1123251946"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Title 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8235610F-4301-3774-B413-91957F33D498}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="-458788"/>
+            <a:ext cx="8174038" cy="458788"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Quote Slide Contemporary - Green</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F566A474-28D5-1F25-85DB-C5003B0F3821}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437601" y="1431236"/>
+            <a:ext cx="8229323" cy="2107096"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Welcome to your template! </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>To explore slide and style options, head to the ‘New Slide’ button on your toolbar and select the arrow next to it. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CB2E9C5-6FE1-8646-3C26-318942198776}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="447674" y="3696829"/>
+            <a:ext cx="6513958" cy="312475"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Author’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45CA187B-F4B4-C631-FF15-F4EFBF26549B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="447674" y="4009305"/>
+            <a:ext cx="6513958" cy="612314"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Position Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E68E3D24-EEFB-CB84-445F-DC46CA421F5D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="285555" y="4840129"/>
+            <a:ext cx="246061" cy="116425"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>30</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56376C36-D4F4-A85F-1D0B-B163DFED32CE}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="561600" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1966274791"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B5F3F0E-1C2B-38A2-AC9D-FFFA259F8393}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="1919440"/>
+            <a:ext cx="6435412" cy="1107896"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Section Header Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5D83DD2-36D0-2C35-C06E-8458B82211AC}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="285555" y="4840129"/>
+            <a:ext cx="246061" cy="116425"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>31</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BF439DC-DC8D-81AD-CCFF-DC75CF457334}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="561600" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3108513513"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C890F165-7AA6-A7E8-AC16-3815A458BB07}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="1919440"/>
+            <a:ext cx="6435412" cy="1107896"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Section Header Here </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B3BFFDD-1111-DCC1-7E7F-CD58EE9548B7}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="285555" y="4840129"/>
+            <a:ext cx="246061" cy="116425"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>32</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3FF5D9A8-8262-19E4-16F4-DF9573666C8E}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="561600" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2650038202"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D4DCDF8-D812-D5FA-BC6B-9184D408EEEF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="1919440"/>
+            <a:ext cx="6435412" cy="1107896"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Section Header Here  </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60456432-49C3-D584-784A-28CA58C12C0B}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="285555" y="4840129"/>
+            <a:ext cx="246061" cy="116425"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>33</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AAB9177B-5119-A958-E410-92056C238A34}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="561600" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="16009658"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA0E45EA-06C9-4683-3F26-2DD184D03622}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="431800" y="1878497"/>
+            <a:ext cx="6141359" cy="1311963"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Title Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Date Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2E22FCF-977B-5F8E-F927-7D7DC9103191}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="431800" y="4616419"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{D470D759-0E0E-8249-AFAC-A75A00A3758F}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A9F0CCB-8987-ED98-03BD-BFC065C13176}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="431800" y="4102257"/>
+            <a:ext cx="6141359" cy="426719"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4609C9E-00BE-9AD5-7380-C8C142A7B297}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="431800" y="3185161"/>
+            <a:ext cx="6147682" cy="508220"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3348867274"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Title 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{215FE110-2483-26AE-B150-02BE9D70C5E4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="426151" y="1878497"/>
+            <a:ext cx="6141359" cy="1311963"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title Here </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Teal Cover</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3406982-5873-6D0C-6DE0-97D0F81EB39E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="429766" y="3185161"/>
+            <a:ext cx="6147682" cy="508220"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{251CE21D-24EA-4D04-26C0-2C0785E58A04}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="422901" y="4102257"/>
+            <a:ext cx="6154547" cy="426719"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Date Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85E8E341-DFE6-E68D-57EA-5B38B2797DB0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="428220" y="4616419"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{D2C759A4-81DB-2B49-BAD8-20F4759D56E4}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="765335197"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6695253-C8C7-9456-FE0A-6899B4EB883C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="428220" y="1878497"/>
+            <a:ext cx="6141359" cy="1311963"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title Here</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Navy Cover</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF4DC950-C036-1A89-2B95-180DE0E90D3E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="431835" y="3185161"/>
+            <a:ext cx="6147682" cy="508220"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4C7A86F-021C-96F7-2072-D0CEA07300CE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="428220" y="4102257"/>
+            <a:ext cx="6151297" cy="426719"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presenter’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Date Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02FF4218-EFDD-C723-B8D7-471147FF03B0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="428220" y="4616419"/>
+            <a:ext cx="1925338" cy="178955"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{4AD83FAE-0AD2-084F-918F-E696D117757B}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3/13/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2927100584"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA1A4A85-49E3-3E9F-C2B4-41652F729D31}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437727" y="309786"/>
+            <a:ext cx="8173580" cy="421815"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Slide Title Here – Bullet Slide White </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{702D8F43-5157-AA69-8EF2-F9656C2D7BB3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437727" y="695741"/>
+            <a:ext cx="8169964" cy="334897"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Content Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B2F2E10-8827-2A54-CD0C-146F5537B1F6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="17"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437727" y="1401763"/>
+            <a:ext cx="8169963" cy="2932112"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to add text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{903F2589-B1BF-B926-318E-E050A26A3761}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="297507" y="4852597"/>
+            <a:ext cx="246061" cy="103957"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>37</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BC2884D-80BA-9F4F-D268-73096B5BC588}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="573552" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1199568320"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4562CAC-754A-9A62-32AF-100E59C28B93}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437727" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Slide Title Here – Two Column White </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8605A0CE-A3C0-C87F-3BA6-45C7447C4196}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437727" y="695741"/>
+            <a:ext cx="8169964" cy="334897"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Optional Subhead Here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Content Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF5AC931-B15B-38BF-86FA-54AFEA4C424A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="21"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437727" y="1401763"/>
+            <a:ext cx="3914775" cy="2932112"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to add text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Content Placeholder 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C64BABFA-6814-F3FD-0866-A27DBC47C047}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="22"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4707495" y="1401763"/>
+            <a:ext cx="3914775" cy="2932112"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to add text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A4FF878-5305-7A75-2702-34445D457194}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="297507" y="4852597"/>
+            <a:ext cx="246061" cy="103957"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>38</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29360A93-6B38-2891-53AC-170BC49D7214}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="573552" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="530612844"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Title 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{208A24C0-A1A3-0221-5041-146DAED742AB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="-458788"/>
+            <a:ext cx="8174038" cy="458788"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Quote Slide - White</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{847992D4-BB52-F0D2-7F78-A3CCA30FC5E8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445221" y="1431236"/>
+            <a:ext cx="8229323" cy="2107096"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Welcome to your template! </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>To explore slide and style options, head to the ‘New Slide’ button on your toolbar and select the arrow next to it. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E413E04-E1E0-8001-9EF0-7060419A4E1D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445221" y="3681590"/>
+            <a:ext cx="6513958" cy="284124"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Author’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{817E1EBA-97A2-EC70-FFA0-EB7CDBB3DCDE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445221" y="3996194"/>
+            <a:ext cx="6513958" cy="339586"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Position Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0067FFF-833F-ACA3-4C23-C2C20FBE8800}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="297507" y="4852597"/>
+            <a:ext cx="246061" cy="103957"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>39</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{752948B5-ECC4-BFE4-A04C-F7B59AA73749}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="573552" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="534982962"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="40" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7CCB117-3FF9-7572-6148-F806242C3BFE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5233670" y="1"/>
+            <a:ext cx="3910330" cy="381000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFF00"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface=".AppleSystemUIFont" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="2000" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface=".AppleSystemUIFont" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="18A3AC"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="2000" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514537" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971726" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3428915" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886103" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Delete this slide before presenting</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62108780-2668-AA46-82E5-3CB6F13F0F6F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437727" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
-[...16 lines deleted...]
-        <p:spPr/>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Options and Usage Instructions</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text Placeholder 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{576474C0-7314-DF48-DC92-50098FC5AAF0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="21"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="438150" y="1214878"/>
+            <a:ext cx="3914775" cy="2932112"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
-[...18 lines deleted...]
-        <p:spPr/>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>Size: available in 16:9 aspect ratio.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>Slide designs: built with a variety of slide designs including: bullets, charts, quotes, and section headers, as well as options for title and </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>closing slides.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>Visit </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>identity.ucsf.edu/powerpoint </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>for:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>Guidelines on how to use and customize the PowerPoint template, including:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1300" dirty="0"/>
+              <a:t>Adding your official department logo lockup to the title slide</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1300" dirty="0"/>
+              <a:t>Adding new photography to title slide</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1300" dirty="0"/>
+              <a:t>And overall PowerPoint best practices</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>“About UCSF” slides: pre-formatted and populated with up-to-date facts &amp; figures, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>the UCSF mission, vision, and more</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Text Placeholder 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E77EFDC5-ED48-C099-4E06-4B3D8898C319}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="22"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4706938" y="1214878"/>
+            <a:ext cx="3914775" cy="2932112"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{D9AC01D0-7950-45B8-BFEF-BB2E7668D00D}" type="datetime1">
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>When pasting slides from another deck, to limit rogue layouts appearing in the new template:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>Right click the selected slide, and then </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>click COPY.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>In the template, right click to show Paste Options, and click ‘Use Destination Theme’.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>Your slides should appear in the new template.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" dirty="0"/>
+              <a:t>Some manual formatting may still be required when transferring slides into the </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1100" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" dirty="0"/>
+              <a:t>new template.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="7" name="Group 6" descr="Paste Options window">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE1C2EB4-F7B3-0949-9686-D10A9C63D602}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="5522118" y="3418148"/>
+            <a:ext cx="929848" cy="728842"/>
+            <a:chOff x="980255" y="-881561"/>
+            <a:chExt cx="1124684" cy="881561"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="8" name="Picture 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E085075E-F101-3346-BB39-ECD8AA707C4B}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill rotWithShape="1">
+            <a:blip r:embed="rId3" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="980255" y="-881561"/>
+              <a:ext cx="1124684" cy="881561"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="9" name="Rectangle 8">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C2B6318-971A-AA42-AB6B-3246EB886A0F}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="992300" y="-356891"/>
+              <a:ext cx="354478" cy="356891"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="25400">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-US" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D909C5C-2518-D94D-B946-3EA02685E727}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="297507" y="4852597"/>
+            <a:ext cx="246061" cy="103957"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/18/15</a:t>
+              <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Text Placeholder 12"/>
-[...7 lines deleted...]
-        <p:spPr/>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F70882E1-0072-8A48-A79F-C25BC5D99A77}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="573552" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
-[...12 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>How To Use This Template</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2994126522"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3091713389"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide40.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Title 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5889978-5074-EF09-0806-19EB24B14116}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="-458788"/>
+            <a:ext cx="8174038" cy="458788"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Quote Slide - Teal</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6099B0E4-528A-B4B7-9604-5D09FC98C6AC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445221" y="1431236"/>
+            <a:ext cx="8229323" cy="2107096"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Welcome to your template! </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>To explore slide and style options, head to the ‘New Slide’ button on your toolbar and select the arrow next to it. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B6467AA2-9512-E6FE-55A5-28E7D0F2F661}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445221" y="3681590"/>
+            <a:ext cx="6513958" cy="284124"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Author’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39B4EBED-34C6-5AFF-15FC-58DEA018A8C5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445221" y="3996194"/>
+            <a:ext cx="6513958" cy="339586"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Position Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91F351F1-B07E-89BC-0DB0-5A4672D5E27F}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="297507" y="4852597"/>
+            <a:ext cx="246061" cy="103957"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>40</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B92B0C27-FC21-63C0-9558-E2091B0F22EA}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="573552" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2397192670"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide41.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Title 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B7AC5D3-7568-58E0-4FF5-9474D4BC488A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="-458788"/>
+            <a:ext cx="8174038" cy="458788"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Quote Slide - Blue</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CF59AEC-B1BE-6B87-B8F7-2AF62799F2CB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445221" y="1431236"/>
+            <a:ext cx="8229323" cy="2107096"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Welcome to your template! </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>To explore slide and style options, head to the ‘New Slide’ button on your toolbar and select the arrow next to it. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68FE2C9E-5078-2DD3-929D-1BE5A601DB64}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445221" y="3681590"/>
+            <a:ext cx="6513958" cy="284124"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Author’s Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E877844A-E906-164D-8930-BDAE06DE8526}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445221" y="3996194"/>
+            <a:ext cx="6513958" cy="339586"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Position Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6870BE65-BECD-38B8-ABE6-E50696776675}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="297507" y="4852597"/>
+            <a:ext cx="246061" cy="103957"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>41</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{280B9E69-01E2-341A-A38D-D64C5D3E31E4}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="573552" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1701007759"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide42.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5462D197-16CD-3603-26E4-869BDA53B98F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="1754766"/>
+            <a:ext cx="6593258" cy="1430138"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Section Header Here Navy </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA737FB2-E61B-201A-CB7E-DAB8E75DE7A0}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="297507" y="4852597"/>
+            <a:ext cx="246061" cy="103957"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>42</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21D07D13-0EAA-C301-AAEF-7DE3BEB46A4B}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="573552" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="158872091"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide43.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E8CF978-684A-2FBB-45D1-B12069D8B523}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="1754766"/>
+            <a:ext cx="6593258" cy="1430138"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Section Header Here Teal</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E02F383A-F6B9-905D-A8C3-AB094D3E1E76}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="573552" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D7D65C0-05CD-A020-82CA-21D609BBCDD8}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="297507" y="4852597"/>
+            <a:ext cx="246061" cy="103957"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>43</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1106872565"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide44.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06A2887E-3139-86D1-73FB-24D31A3D00B4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="1754766"/>
+            <a:ext cx="6593258" cy="1430138"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Section Header Here Blue</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{025AE9F1-459F-B008-EE7F-798C2D2B5BB0}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="297507" y="4852597"/>
+            <a:ext cx="246061" cy="103957"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>44</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C28517B-F792-BD61-F0BE-80917D94553B}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="573552" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2744090822"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide45.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Title 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B337FF3-1036-3936-0D97-4D2920CCC2C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="-665163"/>
+            <a:ext cx="8174038" cy="458788"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Closing slide with navy UCSF logo</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1738020421"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide46.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CEC35911-AE41-225A-3AE6-DC1B0502A3CB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="-665163"/>
+            <a:ext cx="8472668" cy="458788"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+            <a:prstDash/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="3600" b="0" i="0" kern="1200" cap="none" spc="0" baseline="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="3600" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Closing slide with navy UCSF logo </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1806492784"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide47.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B35F2E6-E381-8063-AD07-1C0EA0DDC331}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="439420" y="-458587"/>
+            <a:ext cx="8173580" cy="458587"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Closing slide with UCSF white logo </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1789411730"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide48.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BCDE380-E4DF-BF9F-EEA7-7E0EF7B012A5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="-458788"/>
+            <a:ext cx="8174038" cy="458788"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Closing research slide</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="654191216"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide49.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5C993B5-66C8-F5CF-A2E0-EF4ED46C9891}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="-458788"/>
+            <a:ext cx="8174038" cy="458788"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+            <a:prstDash/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="3600" b="0" i="0" kern="1200" cap="none" spc="0" baseline="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="3600" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Closing Mt. Zion slide</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="668082081"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-[...4 lines deleted...]
-            <p:ph type="title"/>
+          <p:cNvPr id="3" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34BD5640-7C64-E5F2-9209-80A71B22D808}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
-[...13 lines deleted...]
-            <p:ph type="body" idx="1"/>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>How To Use This Template</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{415A2CE7-5154-B2A1-DA79-5C7CC08770DA}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...24 lines deleted...]
-            <a:fld id="{26EEE148-B9D4-4855-B210-F10E62FC9A55}" type="datetime1">
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>12/18/15</a:t>
+              <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Text Placeholder 12"/>
-[...9 lines deleted...]
-          <a:bodyPr/>
+          <p:cNvPr id="47" name="Title 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E598241-35F9-39AC-7410-C739436B5808}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+            <a:prstDash/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="3600" b="0" i="0" kern="1200" cap="none" spc="0" baseline="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Garamond" panose="02020404030301010803" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="3600" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Theme colors &amp; fonts</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="49" name="Text Placeholder 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0CF7E9A-98B3-CF15-3E2D-0AC73387CB25}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="440295" y="1018259"/>
+            <a:ext cx="3914775" cy="3379244"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="226800" indent="-227007" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="514800" indent="-226800" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="System Font Regular"/>
+              <a:buChar char="-"/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="802800" indent="-226800" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1080000" indent="-227007" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1000"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="System Font Regular"/>
+              <a:buChar char="-"/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2200" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t>Text/background colors</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="114000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>	Dark Blue #052049</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="114000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>	White #FFFFFF</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t>Accent colors</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="114000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>	Accent 1 - #178CCB</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="114000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>	Accent 2 - #16A0AC</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="114000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>	Accent 3 - #32A03E</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="114000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>	Accent 4 - #6E61D7</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="114000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>	Accent 5 - #A238BA</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="114000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>	Accent 6 - #C32882</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="50" name="Rectangle 49">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59B41BAC-C288-FECD-966D-7332620343AE}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="448368" y="1452777"/>
+            <a:ext cx="474738" cy="198000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...13 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="51" name="Rectangle 50">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1D8ABD6-6E9D-1E00-FE18-99CD29AA3CF1}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="448368" y="1793597"/>
+            <a:ext cx="474738" cy="198000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="52" name="Rectangle 51">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D68A2F37-72D9-E967-E1C5-F32CDE348F4E}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="448368" y="2505151"/>
+            <a:ext cx="474738" cy="198000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="53" name="Rectangle 52">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90F9718B-842C-F38F-3A2C-4DC1ACC59C2A}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="448368" y="2806468"/>
+            <a:ext cx="474738" cy="198000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="54" name="Rectangle 53">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC9B221B-812B-02E6-D26D-9B4A3A3D72A6}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="448368" y="3107785"/>
+            <a:ext cx="474738" cy="198000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="55" name="Rectangle 54">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{501A144F-9BD0-DD52-7AE4-87E8BC20529D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="448368" y="3409102"/>
+            <a:ext cx="474738" cy="198000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent4"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56" name="Rectangle 55">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54EE9A64-18FA-4267-F8E7-0AABC1CB4FF5}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="448368" y="3710419"/>
+            <a:ext cx="474738" cy="198000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="57" name="Rectangle 56">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5CC275B6-BE86-EE0F-C173-B5609ECBC435}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="448368" y="4011738"/>
+            <a:ext cx="474738" cy="198000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent6"/>
+          </a:solidFill>
+          <a:ln w="19050" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="58" name="Text Placeholder 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7245550D-877F-AC74-E26A-2EE478E7310D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4788930" y="1018258"/>
+            <a:ext cx="3967719" cy="2993479"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="226800" indent="-227007" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="514800" indent="-226800" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="System Font Regular"/>
+              <a:buChar char="-"/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="802800" indent="-226800" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1080000" indent="-227007" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1000"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="System Font Regular"/>
+              <a:buChar char="-"/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2200" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t>Theme fonts</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Times New Roman</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="1800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
+              <a:t>Arial</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Always use the fonts defined in the theme: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t>Times New Roman </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>for headings and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t>Arial</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t> for body copy.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t>Use the predefined styles. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>There are text level pre-sets, such as Heading, Subheading, and Body text.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{504F7D0A-5475-D862-D296-D35164E4E91D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5233670" y="1"/>
+            <a:ext cx="3910330" cy="381000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFF00"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface=".AppleSystemUIFont" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="2000" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface=".AppleSystemUIFont" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="18A3AC"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="2000" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514537" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971726" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3428915" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886103" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Delete this slide before presenting</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3641835971"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2969970654"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide50.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-[...98 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFB95B71-174C-ED99-24C8-B54DBC361E53}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="-458788"/>
+            <a:ext cx="8174038" cy="458788"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+            <a:prstDash/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="3600" b="0" i="0" kern="1200" cap="none" spc="0" baseline="0" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="3600" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Closing Patient care slide</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="503863779"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3061947222"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C990058-45CB-6CE4-ABC3-B590FB38A978}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Title 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F497513-3101-4B02-2AC6-30EB7649FACB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437727" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
+          </a:xfrm>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+            <a:prstDash/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3400" dirty="0"/>
+              <a:t>Accessible text &amp; background combinations</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="74" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9CEF9C2-7CA3-09CE-4BF8-B2930B247AC5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="17"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="438151" y="966926"/>
+            <a:ext cx="2444386" cy="334897"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t>High-contrast combination</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rounded Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{511CAFAD-0C09-59D0-929E-A0FDD1801540}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="437728" y="1312632"/>
+            <a:ext cx="1580894" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dark Blue</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>#052049</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rounded Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{359E58A5-3C55-9A49-1011-A00D1982C0BF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2151017" y="1312632"/>
+            <a:ext cx="1580895" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>White</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:cs typeface="Inter SemiBold" panose="020B0502030000000004" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>#FFFFFF</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8498EEE-3B48-74EE-75D2-90604BD17DA9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437727" y="1936011"/>
+            <a:ext cx="3294185" cy="334898"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="226800" indent="-227007" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="514800" indent="-226800" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="System Font Regular"/>
+              <a:buChar char="-"/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="802800" indent="-226800" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1080000" indent="-227007" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1000"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="System Font Regular"/>
+              <a:buChar char="-"/>
+              <a:defRPr lang="en-US" sz="1400" b="0" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2200" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>Accessible for all text sizes.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1100" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83CE725D-443F-CD2A-D437-2B1CAF86701A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4243372" y="960519"/>
+            <a:ext cx="3506833" cy="334897"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="226800" indent="-227007" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="514800" indent="-226800" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="System Font Regular"/>
+              <a:buChar char="-"/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="802800" indent="-226800" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1080000" indent="-227007" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1000"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="System Font Regular"/>
+              <a:buChar char="-"/>
+              <a:defRPr lang="en-US" sz="1400" b="0" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2200" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t>Approved combinations for normal text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Rounded Rectangle 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B15D4E1-5416-1F53-355D-8F0D6950AE57}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="4242950" y="1312632"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Accent 2</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>#16A0AC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Rounded Rectangle 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AF10476-58BE-B7CB-7012-047B270EEDE4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5378968" y="1312632"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent3"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Accent 3</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>#32A03E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Rounded Rectangle 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1389A468-4D40-EF7B-A8F9-38ADC85888A3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6514985" y="1312632"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent4"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent4"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Accent 4</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>#6E61D7</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Rounded Rectangle 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F6910B1-C35E-D257-37ED-1250D72334A9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="7647168" y="1315483"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent4"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Accent 4</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent4"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>#6E61D7</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Rounded Rectangle 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{01BB55FA-77E0-35FD-905A-726F37812445}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="4242950" y="1922304"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent5"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Accent 5</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>#A238BA</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="29" name="Rounded Rectangle 28">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CAA84DEA-79EF-D332-91F5-EBC813AC1551}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5382733" y="1922304"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Accent 5</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>#A238BA</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Rounded Rectangle 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAC00393-3F8D-8F4C-11A4-DC51D705FD67}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6514985" y="1922304"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent6"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent6"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Accent 6</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>#C32882</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31" name="Rounded Rectangle 30">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19260D09-CDD3-6CAC-1BB2-195B0B335856}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="7647168" y="1922304"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent6"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Accent 6</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent6"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>#C32882</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28CCA137-FFE2-F7BD-C664-931D14A5B93B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="438150" y="2441116"/>
+            <a:ext cx="4133850" cy="334897"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="226800" indent="-227007" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="514800" indent="-226800" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="System Font Regular"/>
+              <a:buChar char="-"/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="802800" indent="-226800" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1080000" indent="-227007" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1000"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="System Font Regular"/>
+              <a:buChar char="-"/>
+              <a:defRPr lang="en-US" sz="1400" b="0" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2200" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t>Approved combinations for large text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Rounded Rectangle 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67453261-A57B-23D5-1D08-47B9B3FDEE5A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="438150" y="2783315"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Accent 1</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>#178CCB</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rounded Rectangle 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02460018-AC10-7F93-66DF-BC2678CC45D9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1563764" y="2783315"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t>Accent 1</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t>#178CCB</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Rounded Rectangle 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A10F7ADF-0C7A-C6A7-6DF6-E06F7AB50E6D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2689378" y="2783315"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Accent 1</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>#178CCB</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Rounded Rectangle 25">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{084D2962-9830-8E8C-FFC1-AA5E9D768823}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3814992" y="2783315"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Accent 2</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>#16A0AC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rounded Rectangle 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE50742F-12C5-4DB3-597C-80AE0EBF62E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="4940606" y="2783315"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t>Accent 2</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t>#16A0AC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Rounded Rectangle 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6393491-0A7A-2314-9DFD-393181B5028E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6066221" y="2783315"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg2"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Accent 2</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>#16A0AC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="Rounded Rectangle 27">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2A582D1-947C-382B-5857-081BC242C42E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="444333" y="3393665"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent3"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Accent 3</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>#32A03E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rounded Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37CE67C5-08C6-293E-AC51-765F7F3E67E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1569642" y="3393665"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent3"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t>Accent 3</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t>#32A03E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rounded Rectangle 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC756AF4-A4C4-BF3E-863D-EC4A3F1C47BE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2687241" y="3393665"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Accent 3</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>#32A03E</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Rounded Rectangle 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9B5088F-AD41-FCC2-1628-7E0C69FC25D8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3814077" y="3393665"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent4"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent4"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Accent 4</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>#6E61D7</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Rounded Rectangle 20">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75437EE7-641D-9637-C975-2EAC3D8AF572}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="4940913" y="3393665"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent4"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Accent 4</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent4"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>#6E61D7</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="Rounded Rectangle 26">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{817D205B-A0B8-499B-2453-B4F69046216F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="436623" y="3991425"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent5"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Accent 5</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>#A238BA</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Rounded Rectangle 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{062C5F32-0C3D-A772-1DA8-D384ADD12C73}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1563459" y="3991425"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Accent 5</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>#A238BA</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Rounded Rectangle 24">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53F0D220-9DCC-0121-FCA3-679134135758}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2680002" y="3991425"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent6"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent6"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Accent 6</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>#C32882</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="Rounded Rectangle 29">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB91777B-D60E-9BA7-00DF-628F646702EE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3806837" y="3991425"/>
+            <a:ext cx="1042730" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln w="12700" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent6"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Accent 6</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent6"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>#C32882</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FBBB0F45-DEF2-820D-BC95-1528E20357E8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4940606" y="3972953"/>
+            <a:ext cx="3506833" cy="540000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="226800" indent="-227007" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="514800" indent="-226800" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="System Font Regular"/>
+              <a:buChar char="-"/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="802800" indent="-226800" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="0" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1080000" indent="-227007" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1000"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="System Font Regular"/>
+              <a:buChar char="-"/>
+              <a:defRPr lang="en-US" sz="1400" b="0" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2200" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="0" indent="0" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>Large text is defined as bold text at 14 pt or larger, or regular text at 18 pt or larger, in accordance with WCAG guidelines.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1100" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{518F610C-9D82-E73D-2CC3-358318459D9F}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="297507" y="4852597"/>
+            <a:ext cx="246061" cy="103957"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2DF40E8-C418-4CA9-CD6C-CB5C4B8FAD58}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="573552" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>How To Use This Template</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BCF828F8-718A-0DE2-FD81-5485EA6C7FEF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5233670" y="1"/>
+            <a:ext cx="3910330" cy="381000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFF00"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface=".AppleSystemUIFont" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="2000" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface=".AppleSystemUIFont" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="18A3AC"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="2000" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514537" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971726" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3428915" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886103" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Delete this slide before presenting</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4134428074"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade/>
+  </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="4" name="Title 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
-[...23 lines deleted...]
-        <p:spPr/>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Additional Brand Guidelines</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457202" y="695741"/>
+            <a:ext cx="8169964" cy="334897"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
-[...22 lines deleted...]
-        <p:spPr/>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Please follow these guidelines to keep your </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>presentation accessible and brand-consistent.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Content Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="20"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="449886" y="1420813"/>
+            <a:ext cx="3826840" cy="2852737"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{A4CF9E2F-4E14-43D6-BCD7-DB75A4464964}" type="datetime1">
-[...3 lines deleted...]
-            </a:fld>
+            <a:pPr marL="0" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Text Size</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Header</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Times New Roman 36pt</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Sub-header</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Arial 18pt</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Content</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Arial 18pt</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>No smaller than 14pt </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>when needed</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Footer Placeholder 4"/>
-[...7 lines deleted...]
-        <p:spPr/>
+          <p:cNvPr id="7" name="Content Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="21"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4778375" y="1420812"/>
+            <a:ext cx="3838575" cy="2852737"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Clinical &amp; Translational Science Institute</a:t>
-[...15 lines deleted...]
-        <p:spPr/>
+              <a:t>Pattern Usage</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>DO NOT </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Stretch patterns</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Crop pattern mid-page</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Use more than one pattern per page</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Use pattern outside master template</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Use pattern when picture is present (vice versa)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Slide Number Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13CF2B49-568B-F144-B6A1-70087F1CC2C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="285555" y="4840129"/>
+            <a:ext cx="246061" cy="116425"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Footer Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA836D1E-5A46-7B45-AB94-E9CCFBE1C31B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="561600" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>How To Use This Template</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03ADF514-0E49-AD48-7175-58B490E4386A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5233670" y="1"/>
+            <a:ext cx="3910330" cy="381000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFF00"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="0" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="230181" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface=".AppleSystemUIFont" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="2000" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="515924" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1800" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="800080" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface=".AppleSystemUIFont" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1085823" indent="0" algn="l" defTabSz="640064" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="18A3AC"/>
+              </a:buClr>
+              <a:buSzPct val="80000"/>
+              <a:buFont typeface="Wingdings" charset="2"/>
+              <a:buNone/>
+              <a:defRPr lang="en-US" sz="2000" b="0" i="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514537" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971726" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3428915" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886103" indent="-228594" algn="l" defTabSz="914378" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Delete this slide before presenting</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="586493912"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3788402798"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-[...10 lines deleted...]
-            <a:ext cx="8234154" cy="2723823"/>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A45ED416-6ACF-4590-B95E-0C812193589B}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="573552" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...116 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Clinical &amp; Translational Science Institute</a:t>
-[...15 lines deleted...]
-        <p:spPr/>
+              <a:t>How To Use This Template</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD4C8691-37F6-406D-B7AC-07DFC735C89A}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="297507" y="4852597"/>
+            <a:ext cx="246061" cy="103957"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBE962BF-999F-420C-8544-0238CD8F95C3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Accessible PowerPoint Best Practices</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CBE8BAC-D545-4C11-B022-561160E2F586}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457202" y="695741"/>
+            <a:ext cx="8169964" cy="357809"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Delete this slide before presenting</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFF00"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Content Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55056330-C7EB-48E8-B60B-4C6FF73F2F0A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="459685" y="1401417"/>
+            <a:ext cx="8137665" cy="2932045"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>UCSF PowerPoint templates have built-in, predesigned slide designs that contain placeholders for text, videos, pictures, and more. They also contain all the formatting, such as theme colors, fonts, and reading order. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Using the built-in tools in your template is critical in creating an accessible final product. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Creating your own text boxes will result in a non-accessible file.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2219654894"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="773878218"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Title 6"/>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C70784FD-179A-4F5F-BBA9-6CD769C10BAA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="158959" y="744420"/>
-            <a:ext cx="8234154" cy="2723823"/>
+            <a:off x="453585" y="318751"/>
+            <a:ext cx="8173580" cy="458587"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...56 lines deleted...]
-        <p:spPr/>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Check Reading Order</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E818DC36-AA3D-4BFA-AADD-264DBDFE6EBB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457202" y="695741"/>
+            <a:ext cx="8169964" cy="357809"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
-[...29 lines deleted...]
-          <a:bodyPr/>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Delete this slide before presenting</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Content Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A469A05-BFB7-459F-87A2-326CC7E10CFE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="453585" y="1401763"/>
+            <a:ext cx="7956225" cy="2932112"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{9D9A4851-79F7-4D48-BCC3-3143304DB50F}" type="datetime1">
-[...41 lines deleted...]
-        <p:spPr/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>Some people use screen readers to access digital content. Screen readers convert text, images, buttons, and other visual elements into speech. When you create slides, putting the objects in a logical reading order is crucial for screen-reader users to understand the slide. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>To check reading order:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>Select </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0"/>
+              <a:t>Review &gt; Check Accessibility</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>Select the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0"/>
+              <a:t>Reading order pane</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>Reading order pane will open on the right of your screen.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>Drag the objects to rearrange the order in the intended sequence.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B76ABACA-1D32-4D5A-B3D8-DB2BD1983344}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="285555" y="4840129"/>
+            <a:ext cx="246061" cy="116425"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{7BCC8D0D-EAEC-449D-9161-023DFF90F2E2}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Footer Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2DA1CAE-FFD3-46FA-9C8A-5CCA500BE2D5}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="561600" y="4852597"/>
+            <a:ext cx="4310907" cy="103485"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>How To Use This Template</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2653593110"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1177590226"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+  <p:transition>
     <p:fade/>
   </p:transition>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="UCSF PPT Template">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="UCSF Classic">
   <a:themeElements>
-    <a:clrScheme name="UCSF 1">
+    <a:clrScheme name="UCSF Theme Colors">
       <a:dk1>
         <a:srgbClr val="052049"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="052049"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="052049"/>
+        <a:srgbClr val="178CCB"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="178CCB"/>
+        <a:srgbClr val="16A0AC"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="18A3AC"/>
+        <a:srgbClr val="32A03E"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="90BD31"/>
+        <a:srgbClr val="6E61D7"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="EC1848"/>
+        <a:srgbClr val="A238BA"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F48024"/>
+        <a:srgbClr val="C32882"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="178CCB"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="5F5F5F"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Coalesse">
+    <a:fontScheme name="UCSF">
       <a:majorFont>
-        <a:latin typeface="Arial"/>
+        <a:latin typeface="Times New Roman"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Garamond"/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Subtle Solids">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:shade val="80000"/>
+            <a:satMod val="150000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="10795" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="17145" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:alpha val="50000"/>
+              <a:satMod val="150000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="44450" dist="13970" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="45000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="twoPt" dir="tl"/>
+          </a:scene3d>
+          <a:sp3d prstMaterial="flat">
+            <a:bevelT w="12700" h="25400" prst="coolSlant"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr bwMode="auto">
+        <a:solidFill>
+          <a:schemeClr val="accent1"/>
+        </a:solidFill>
+        <a:ln w="19050" algn="ctr">
+          <a:noFill/>
+          <a:miter lim="800000"/>
+          <a:headEnd/>
+          <a:tailEnd/>
+        </a:ln>
+      </a:spPr>
+      <a:bodyPr wrap="none" rtlCol="0" anchor="ctr"/>
+      <a:lstStyle>
+        <a:defPPr algn="ctr">
+          <a:lnSpc>
+            <a:spcPct val="90000"/>
+          </a:lnSpc>
+          <a:defRPr sz="1600" b="1" dirty="0" err="1" smtClean="0">
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+            <a:latin typeface="+mj-lt"/>
+          </a:defRPr>
+        </a:defPPr>
+      </a:lstStyle>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr>
+        <a:ln w="28575">
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:ln>
+      </a:spPr>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+    <a:txDef>
+      <a:spPr bwMode="auto">
+        <a:noFill/>
+        <a:ln w="19050" algn="ctr">
+          <a:noFill/>
+          <a:miter lim="800000"/>
+          <a:headEnd/>
+          <a:tailEnd/>
+        </a:ln>
+      </a:spPr>
+      <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+        <a:noAutofit/>
+      </a:bodyPr>
+      <a:lstStyle>
+        <a:defPPr marL="342900" indent="-342900">
+          <a:buClr>
+            <a:schemeClr val="accent1"/>
+          </a:buClr>
+          <a:buSzPct val="80000"/>
+          <a:buFont typeface="Wingdings" charset="2"/>
+          <a:buChar char="§"/>
+          <a:defRPr sz="2000" dirty="0" smtClean="0">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:defRPr>
+        </a:defPPr>
+      </a:lstStyle>
+    </a:txDef>
+  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="UCSF_MasterBrand PPT Template_16x9_20260311" id="{A590B03A-2495-C344-9934-522B17E7E969}" vid="{E036FF46-3FF4-3044-BED7-AC517D0F5E8E}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="UCSF Contemporary Pattern 1">
+  <a:themeElements>
+    <a:clrScheme name="USCF Template">
+      <a:dk1>
+        <a:srgbClr val="052049"/>
+      </a:dk1>
+      <a:lt1>
+        <a:srgbClr val="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="052049"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="FFFFFF"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="178CCB"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="16A0AC"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="32A03E"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="6E61D7"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="A238BA"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="C32882"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="178CCB"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="5F5F5F"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="UCSF">
+      <a:majorFont>
+        <a:latin typeface="Times New Roman"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -28938,648 +35050,59 @@
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
     <a:txDef>
       <a:spPr bwMode="auto">
         <a:noFill/>
         <a:ln w="19050" algn="ctr">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </a:spPr>
       <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
         <a:spAutoFit/>
       </a:bodyPr>
       <a:lstStyle>
         <a:defPPr>
           <a:defRPr sz="2000" dirty="0" err="1" smtClean="0"/>
         </a:defPPr>
       </a:lstStyle>
     </a:txDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
-</a:theme>
-[...295 lines deleted...]
-  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="UCSF_MasterBrand PPT Template_16x9_20260311" id="{A590B03A-2495-C344-9934-522B17E7E969}" vid="{E344DF45-EEAC-CF4D-921B-5B32FD816186}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="UCSF PPT Template-Blue Bar">
-[...295 lines deleted...]
-<file path=ppt/theme/theme4.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Coalesse Palette">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="342B2A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="DAD6CB"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="E55302"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="5F3032"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="005774"/>
       </a:accent3>
       <a:accent4>
@@ -29760,51 +35283,51 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=ppt/theme/theme5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/theme/theme4.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Coalesse Palette">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="342B2A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="DAD6CB"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="E55302"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="5F3032"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="005774"/>
       </a:accent3>
       <a:accent4>
@@ -30047,159 +35570,201 @@
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="lastPrinted" minOccurs="0" maxOccurs="1" type="xsd:dateTime"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...4 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5686649-89C0-47C3-BB59-3DECE68F346E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/internal/2005/internalDocumentation"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB48DB2A-A2BB-49B9-B517-04CB45F2482A}">
-[...12 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8A51949-CE2D-4D1D-81B7-CD96A1311979}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB48DB2A-A2BB-49B9-B517-04CB45F2482A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>UCSF PPT Template</Template>
+  <Template>UCSF Classic</Template>
   <TotalTime></TotalTime>
-  <Words>430</Words>
-  <Application>Microsoft Macintosh PowerPoint</Application>
+  <Words>1864</Words>
+  <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (16:9)</PresentationFormat>
-  <Paragraphs>95</Paragraphs>
-[...1 lines deleted...]
-  <Notes>6</Notes>
+  <Paragraphs>367</Paragraphs>
+  <Slides>50</Slides>
+  <Notes>5</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fonts Used</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>18</vt:i4>
+        <vt:i4>50</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="21" baseType="lpstr">
-[...20 lines deleted...]
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+    <vt:vector size="57" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Inter SemiBold</vt:lpstr>
+      <vt:lpstr>System Font Regular</vt:lpstr>
+      <vt:lpstr>Times New Roman</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
+      <vt:lpstr>UCSF Classic</vt:lpstr>
+      <vt:lpstr>UCSF Contemporary Pattern 1</vt:lpstr>
+      <vt:lpstr>UCSF PowerPoint Template</vt:lpstr>
+      <vt:lpstr>Welcome to your template!  To explore slide and style options, head to the ‘New Slide’ button on your toolbar and select the arrow next to it.  You will find two design themes: classic &amp; contemporary.</vt:lpstr>
+      <vt:lpstr>Design Themes</vt:lpstr>
+      <vt:lpstr>Options and Usage Instructions</vt:lpstr>
+      <vt:lpstr>Theme colors &amp; fonts</vt:lpstr>
+      <vt:lpstr>Accessible text &amp; background combinations</vt:lpstr>
+      <vt:lpstr>Additional Brand Guidelines</vt:lpstr>
+      <vt:lpstr>Accessible PowerPoint Best Practices</vt:lpstr>
+      <vt:lpstr>Check Reading Order</vt:lpstr>
+      <vt:lpstr>Use the Accessibility Checker</vt:lpstr>
+      <vt:lpstr>Add alt-text to images, tables, and graphs</vt:lpstr>
+      <vt:lpstr>Saving Your Presentation</vt:lpstr>
+      <vt:lpstr>Presentation Title Here Navy Cover 2</vt:lpstr>
+      <vt:lpstr>Presentation Title Here Teal Cover 2</vt:lpstr>
+      <vt:lpstr>Presentation Title Here Blue Cover 2</vt:lpstr>
+      <vt:lpstr>Presentation Title Here White Cover 2</vt:lpstr>
+      <vt:lpstr>Presentation Title Here Navy Cover 3</vt:lpstr>
+      <vt:lpstr>Presentation Title Here Violet Cover 2</vt:lpstr>
+      <vt:lpstr>Presentation Title Here Magenta Cover 2</vt:lpstr>
+      <vt:lpstr>Presentation Title Here  Navy Cover 4</vt:lpstr>
+      <vt:lpstr>Presentation Title Here  Blue Cover 3</vt:lpstr>
+      <vt:lpstr>Presentation Title Here  Teal Cover 3</vt:lpstr>
+      <vt:lpstr>Presentation Title Here  White Cover 3</vt:lpstr>
+      <vt:lpstr>Slide Title Here – Bullet Slide Navy</vt:lpstr>
+      <vt:lpstr>Slide Title Here – Two Column Slide</vt:lpstr>
+      <vt:lpstr>Slide Title Here – Bullet Slide White</vt:lpstr>
+      <vt:lpstr>Slide Title Here – Two Column White</vt:lpstr>
+      <vt:lpstr>Quote Slide – Contemporary Blue</vt:lpstr>
+      <vt:lpstr>Quote Slide Contemporary - Teal</vt:lpstr>
+      <vt:lpstr>Quote Slide Contemporary - Green</vt:lpstr>
+      <vt:lpstr>Section Header Here</vt:lpstr>
+      <vt:lpstr>Section Header Here </vt:lpstr>
+      <vt:lpstr>Section Header Here  </vt:lpstr>
+      <vt:lpstr>Title Here</vt:lpstr>
+      <vt:lpstr>Presentation Title Here  Teal Cover</vt:lpstr>
+      <vt:lpstr>Presentation Title Here Navy Cover</vt:lpstr>
+      <vt:lpstr>Slide Title Here – Bullet Slide White </vt:lpstr>
+      <vt:lpstr>Slide Title Here – Two Column White </vt:lpstr>
+      <vt:lpstr>Quote Slide - White</vt:lpstr>
+      <vt:lpstr>Quote Slide - Teal</vt:lpstr>
+      <vt:lpstr>Quote Slide - Blue</vt:lpstr>
+      <vt:lpstr>Section Header Here Navy </vt:lpstr>
+      <vt:lpstr>Section Header Here Teal</vt:lpstr>
+      <vt:lpstr>Section Header Here Blue</vt:lpstr>
+      <vt:lpstr>Closing slide with navy UCSF logo</vt:lpstr>
+      <vt:lpstr>Closing slide with navy UCSF logo </vt:lpstr>
+      <vt:lpstr>Closing slide with UCSF white logo </vt:lpstr>
+      <vt:lpstr>Closing research slide</vt:lpstr>
+      <vt:lpstr>Closing Mt. Zion slide</vt:lpstr>
+      <vt:lpstr>Closing Patient care slide</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>UCSF</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>UCSF Presentation Template</dc:title>
+  <dc:title/>
   <dc:subject>Presentation Template</dc:subject>
-  <dc:creator>Derek MacDavid</dc:creator>
+  <dc:creator>Vincent, Marc</dc:creator>
   <dc:description>Derek MacDavid | derek@bigpicdesign.com</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010009BFD5D484ED57438231C5F4848B6EC7</vt:lpwstr>
   </property>
 </Properties>
 </file>